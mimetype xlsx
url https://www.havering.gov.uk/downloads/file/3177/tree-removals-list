--- v0 (2025-10-09)
+++ v1 (2026-02-23)
@@ -1,556 +1,5910 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...12 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\agerj\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lbhgov-my.sharepoint.com/personal/debbie_warden_havering_gov_uk/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="50" documentId="8_{47AB0E97-4498-4731-B97A-EE923E8B5E20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4250C8C4-9C0D-480F-95FE-2BF5F3959D29}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="16005" windowHeight="5115" firstSheet="16" activeTab="21"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="38640" windowHeight="21120" activeTab="8" xr2:uid="{597D5630-AC79-4484-A727-A1F34596FBD2}"/>
   </bookViews>
   <sheets>
-    <sheet name="April 2023" sheetId="13" r:id="rId1"/>
-[...21 lines deleted...]
-    <sheet name=" Total Trees Removed " sheetId="23" state="hidden" r:id="rId23"/>
+    <sheet name="2016-2017" sheetId="11" r:id="rId1"/>
+    <sheet name="2017-2018" sheetId="3" r:id="rId2"/>
+    <sheet name="2018-2019" sheetId="4" r:id="rId3"/>
+    <sheet name="2020-2021" sheetId="5" r:id="rId4"/>
+    <sheet name="2021-2022" sheetId="6" r:id="rId5"/>
+    <sheet name="2022-2023" sheetId="7" r:id="rId6"/>
+    <sheet name="2024-2025" sheetId="9" r:id="rId7"/>
+    <sheet name="2023-2024" sheetId="8" r:id="rId8"/>
+    <sheet name="2025-2026" sheetId="10" r:id="rId9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'1st September 2023'!$A$1:$A$14</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'9th July -8th August 2023'!$A$1:$D$47</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'2024-2025'!$A$1:$A$109</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1394" uniqueCount="612">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4757" uniqueCount="2240">
+  <si>
+    <t>Map page</t>
+  </si>
+  <si>
+    <t>Location of removal</t>
+  </si>
+  <si>
+    <t>Site of removal</t>
+  </si>
+  <si>
+    <t>Location of planting</t>
+  </si>
+  <si>
+    <t>Site of planting</t>
+  </si>
+  <si>
+    <t>Species</t>
+  </si>
+  <si>
+    <t>Pit type</t>
+  </si>
+  <si>
+    <t>Comments</t>
+  </si>
+  <si>
+    <t>EPH</t>
+  </si>
+  <si>
+    <t>o/s 18</t>
+  </si>
+  <si>
+    <t>Ullswater Way</t>
+  </si>
+  <si>
+    <t>old tree pit</t>
+  </si>
+  <si>
+    <t>DDD tree removed</t>
+  </si>
+  <si>
+    <t>o/s 35 right hand side</t>
+  </si>
+  <si>
+    <t>Tennyson Way</t>
+  </si>
+  <si>
+    <t>verge</t>
+  </si>
+  <si>
+    <t>o/s 107/109</t>
+  </si>
+  <si>
+    <t>Laburnum Avenue</t>
+  </si>
+  <si>
+    <t>O/s 145</t>
+  </si>
+  <si>
+    <t>O/s 42</t>
+  </si>
+  <si>
+    <t>Edison Avenue</t>
+  </si>
+  <si>
+    <t>Tarmac</t>
+  </si>
+  <si>
+    <t>DDD tree removed - RP advised for tree not to be replaced</t>
+  </si>
+  <si>
+    <t>o/s 174</t>
+  </si>
+  <si>
+    <t>Lancaster Drive</t>
+  </si>
+  <si>
+    <t xml:space="preserve">email request from resident via s/c exec 29/6/15 - 08/09/15 Resident has emailed chasing planting. </t>
+  </si>
+  <si>
+    <t>o/s 9</t>
+  </si>
+  <si>
+    <t>Chestnut Glen</t>
+  </si>
+  <si>
+    <t>Dead (do not replace per RP)</t>
+  </si>
+  <si>
+    <t>o/s 15</t>
+  </si>
+  <si>
+    <t>Shelley Avenue</t>
+  </si>
+  <si>
+    <t>ddd tree removed</t>
+  </si>
+  <si>
+    <t>o/s 400</t>
+  </si>
+  <si>
+    <t>South End Road</t>
+  </si>
+  <si>
+    <t>Remove dead (failed) tree when replanting</t>
+  </si>
+  <si>
+    <t>o/s 410</t>
+  </si>
+  <si>
+    <t>O/s 52</t>
+  </si>
+  <si>
+    <t>Hazelmere Gardens</t>
+  </si>
+  <si>
+    <t>Remove DDD Tree</t>
+  </si>
+  <si>
+    <t>O/s 57</t>
+  </si>
+  <si>
+    <t>Acacia Avenue</t>
+  </si>
+  <si>
+    <t>EPHW</t>
+  </si>
+  <si>
+    <t>o/s 58/60</t>
+  </si>
+  <si>
+    <t>Great Gardens Road</t>
+  </si>
+  <si>
+    <t>DO NOT REPLACE</t>
+  </si>
+  <si>
+    <t>REPLACE</t>
+  </si>
+  <si>
+    <t>SEE EMAIL</t>
+  </si>
+  <si>
+    <t>FROM RESIDENT 29.10.14</t>
+  </si>
+  <si>
+    <t>O/s 75</t>
+  </si>
+  <si>
+    <t>Woodhall Crescent</t>
+  </si>
+  <si>
+    <t>O/s 35</t>
+  </si>
+  <si>
+    <t>Wykem avenue</t>
+  </si>
+  <si>
+    <t>Tarmac (old tree pit)</t>
+  </si>
+  <si>
+    <t>o/s 14 (at junction)</t>
+  </si>
+  <si>
+    <t>Elm Grove</t>
+  </si>
+  <si>
+    <t>ECO 11.10.14</t>
+  </si>
+  <si>
+    <t>Brookside</t>
+  </si>
+  <si>
+    <t>O/s 24</t>
+  </si>
+  <si>
+    <t>O/s 5</t>
+  </si>
+  <si>
+    <t>Mendip Road</t>
+  </si>
+  <si>
+    <t>Arundel Road</t>
+  </si>
+  <si>
+    <t>Remove DDD Tree (Streetcare ex request aswell as removal)</t>
+  </si>
+  <si>
+    <t>Flank of Library</t>
+  </si>
+  <si>
+    <t>o/s 34</t>
+  </si>
+  <si>
+    <t>New Hall Drive</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hit by SERCO lorry Feb 2015 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Roundabout</t>
+  </si>
+  <si>
+    <t>Barleycorn Way</t>
+  </si>
+  <si>
+    <t>4 (x 2)</t>
+  </si>
+  <si>
+    <t>Roundabout verge</t>
+  </si>
+  <si>
+    <t>email to HTT 27.3.15 betula</t>
+  </si>
+  <si>
+    <t>o/s 35</t>
+  </si>
+  <si>
+    <t>Redden Court Road</t>
+  </si>
+  <si>
+    <t>replace dead tree removed 2013</t>
+  </si>
+  <si>
+    <t>O/s 16</t>
+  </si>
+  <si>
+    <t>Brooklands Gardens</t>
+  </si>
+  <si>
+    <t>o/s flat 65</t>
+  </si>
+  <si>
+    <t>Athelstan Road</t>
+  </si>
+  <si>
+    <t>replace tree knocked over by lorry. Put in old tree pit</t>
+  </si>
+  <si>
+    <t>O/s 4</t>
+  </si>
+  <si>
+    <t>Cornwell Close</t>
+  </si>
+  <si>
+    <t>o/s 4</t>
+  </si>
+  <si>
+    <t>o/s 27</t>
+  </si>
+  <si>
+    <t>Ayloffs Walk</t>
+  </si>
+  <si>
+    <t>Remove DDD Tree (do not replace)</t>
+  </si>
+  <si>
+    <t>O/s 47</t>
+  </si>
+  <si>
+    <t>Recreation Avenue Harold Wood</t>
+  </si>
+  <si>
+    <t>Verge</t>
+  </si>
+  <si>
+    <t>Removed Dead Sapling</t>
+  </si>
+  <si>
+    <t>O/s 33</t>
+  </si>
+  <si>
+    <t>Glenwood Drive</t>
+  </si>
+  <si>
+    <t>Move Tree to different Location</t>
+  </si>
+  <si>
+    <t>o/s 2</t>
+  </si>
+  <si>
+    <t>Royston Road</t>
+  </si>
+  <si>
+    <t>o/s 1a (10m from cnr with Harold Crt Rd)</t>
+  </si>
+  <si>
+    <t>Homeway</t>
+  </si>
+  <si>
+    <t>Remove DDD (Enq 318550)</t>
+  </si>
+  <si>
+    <t>flank of 23 Rosslyn Ave 30m from cvr</t>
+  </si>
+  <si>
+    <t>Tindall Close</t>
+  </si>
+  <si>
+    <t>DDD tree removed.</t>
+  </si>
+  <si>
+    <t>flank of 213  Wingletye Ln 37m from cnr</t>
+  </si>
+  <si>
+    <t>Braemer Gardens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO 27.8.15- fell </t>
+  </si>
+  <si>
+    <t>o/s 90a</t>
+  </si>
+  <si>
+    <t>Wingletye Lane</t>
+  </si>
+  <si>
+    <t>High Risk tree removed &amp; grind stump (2nd phase)</t>
+  </si>
+  <si>
+    <t>GID</t>
+  </si>
+  <si>
+    <t>opp 10/11</t>
+  </si>
+  <si>
+    <t>Greenock Way</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GID </t>
+  </si>
+  <si>
+    <t>Mcintosh Road</t>
+  </si>
+  <si>
+    <t>Paving</t>
+  </si>
+  <si>
+    <t>Removed 12/09/14 - Missed of 2013/2014 planting list</t>
+  </si>
+  <si>
+    <t>o/s 3</t>
+  </si>
+  <si>
+    <t>Macdonald Ave</t>
+  </si>
+  <si>
+    <t>Codominate stem-Split (enq IP-40998) TG</t>
+  </si>
+  <si>
+    <t>o/s 88</t>
+  </si>
+  <si>
+    <t>Belgrave Ave</t>
+  </si>
+  <si>
+    <t>o/s 7a (left of driveway)</t>
+  </si>
+  <si>
+    <t>Balgores Crescent</t>
+  </si>
+  <si>
+    <t>o/s 73</t>
+  </si>
+  <si>
+    <t>Cecil Ave</t>
+  </si>
+  <si>
+    <t>Western Ave</t>
+  </si>
+  <si>
+    <t>Resident request (email 26.11.14)</t>
+  </si>
+  <si>
+    <t>o/s 20</t>
+  </si>
+  <si>
+    <t>Hamilton Avenue</t>
+  </si>
+  <si>
+    <t>Paving/Concrete</t>
+  </si>
+  <si>
+    <t>O/S 83</t>
+  </si>
+  <si>
+    <t>Mashiters Walk</t>
+  </si>
+  <si>
+    <t>High risk removal</t>
+  </si>
+  <si>
+    <t>O/s 15</t>
+  </si>
+  <si>
+    <t>Heather Glen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Verge</t>
+  </si>
+  <si>
+    <t>DDD tree removed (do not replace. Crossover installed). Place the replacement in same road.</t>
+  </si>
+  <si>
+    <t>o/s 17</t>
+  </si>
+  <si>
+    <t>Meadway</t>
+  </si>
+  <si>
+    <t>replace dead sapling removed by RP May 2015 (see email from Bob Roper 13/5/15) replace in road side verge</t>
+  </si>
+  <si>
+    <t>o/s 62</t>
+  </si>
+  <si>
+    <t>Links Ave</t>
+  </si>
+  <si>
+    <t>Paving (old tree pit)</t>
+  </si>
+  <si>
+    <t>Removed DDD</t>
+  </si>
+  <si>
+    <t>o/s 71</t>
+  </si>
+  <si>
+    <t>O/s 19</t>
+  </si>
+  <si>
+    <t>Squirrels Heath Avenue</t>
+  </si>
+  <si>
+    <t>plant in middle of verge</t>
+  </si>
+  <si>
+    <t>O/s 136</t>
+  </si>
+  <si>
+    <t>Amery Gardens</t>
+  </si>
+  <si>
+    <t>o/s 30</t>
+  </si>
+  <si>
+    <t>Dorset Ave</t>
+  </si>
+  <si>
+    <t>Removed DDD (do not replace. Too near xover &amp; kerb line)</t>
+  </si>
+  <si>
+    <t>o/s 47</t>
+  </si>
+  <si>
+    <t>Clyde Way</t>
+  </si>
+  <si>
+    <t>Dead tree removed by RP (enq 315052)</t>
+  </si>
+  <si>
+    <t>o/s 29</t>
+  </si>
+  <si>
+    <t>Risebridge Road</t>
+  </si>
+  <si>
+    <t>Remove DDD</t>
+  </si>
+  <si>
+    <t>o/s 25</t>
+  </si>
+  <si>
+    <t>Netherpark Drive</t>
+  </si>
+  <si>
+    <t>o/s 25, 2m left of driveway</t>
+  </si>
+  <si>
+    <t>o/s 22</t>
+  </si>
+  <si>
+    <t>remove dead sapling when planting new tree</t>
+  </si>
+  <si>
+    <t>HH</t>
+  </si>
+  <si>
+    <t>148 slightly to the left</t>
+  </si>
+  <si>
+    <t>Chippenham Road</t>
+  </si>
+  <si>
+    <t>ECO Tree removal</t>
+  </si>
+  <si>
+    <t>Priory Road</t>
+  </si>
+  <si>
+    <t>O/s 92</t>
+  </si>
+  <si>
+    <t>North Hill Drive</t>
+  </si>
+  <si>
+    <t>Opp 16 left Side</t>
+  </si>
+  <si>
+    <t>Camborne Avenue</t>
+  </si>
+  <si>
+    <t>O/s 119</t>
+  </si>
+  <si>
+    <t>r/o 56</t>
+  </si>
+  <si>
+    <t>Hailsham Road</t>
+  </si>
+  <si>
+    <t>on green in Stephens Close</t>
+  </si>
+  <si>
+    <t>Oak to be planted. Advise Bob Roper when planted (Havering TPO 12/81 tree T3 - street tree ref 7718) already been planted</t>
+  </si>
+  <si>
+    <t>O/s 62</t>
+  </si>
+  <si>
+    <t>Daventry Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O.s 54 </t>
+  </si>
+  <si>
+    <t>Colne drive</t>
+  </si>
+  <si>
+    <t>DDD Tree Removed</t>
+  </si>
+  <si>
+    <t>Opp 7, 7m from corner</t>
+  </si>
+  <si>
+    <t>Dunstable Road</t>
+  </si>
+  <si>
+    <t>Vege</t>
+  </si>
+  <si>
+    <t>O/s 18</t>
+  </si>
+  <si>
+    <t>Heaton Avenue</t>
+  </si>
+  <si>
+    <t>RP Removed dead sapling</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O/s 2/4 </t>
+  </si>
+  <si>
+    <t>Wickford Close</t>
+  </si>
+  <si>
+    <t>O/s 21</t>
+  </si>
+  <si>
+    <t>Wigton Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opp 6 </t>
+  </si>
+  <si>
+    <t>Wincanton Road</t>
+  </si>
+  <si>
+    <t>Remove Dead Sapling and Replace</t>
+  </si>
+  <si>
+    <t>Opp 40</t>
+  </si>
+  <si>
+    <t>O/s 70</t>
+  </si>
+  <si>
+    <t>Dagnam Park Drive</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cross over installed </t>
+  </si>
+  <si>
+    <t>Sheridan Close</t>
+  </si>
+  <si>
+    <t>Do not replace</t>
+  </si>
+  <si>
+    <t>o/s 86</t>
+  </si>
+  <si>
+    <t>Chatteris Ave</t>
+  </si>
+  <si>
+    <t>HOR</t>
+  </si>
+  <si>
+    <t>O/s 40</t>
+  </si>
+  <si>
+    <t>Rockingham Avenue</t>
+  </si>
+  <si>
+    <t>O/s 215</t>
+  </si>
+  <si>
+    <t>Goodwood Avenue</t>
+  </si>
+  <si>
+    <t>already planted</t>
+  </si>
+  <si>
+    <t>O/s 327</t>
+  </si>
+  <si>
+    <t>DDD tree remove already v/c istalled</t>
+  </si>
+  <si>
+    <t>Vicarage Road</t>
+  </si>
+  <si>
+    <t>Resident called asking why this tree was not being replaced can not find reason, Tree was found to be missing in 2009</t>
+  </si>
+  <si>
+    <t>o/s 23/25</t>
+  </si>
+  <si>
+    <t>Ravenscourt Grove</t>
+  </si>
+  <si>
+    <t>Nuisance f/fall removal</t>
+  </si>
+  <si>
+    <t>o/s 33</t>
+  </si>
+  <si>
+    <t>o/s 10</t>
+  </si>
+  <si>
+    <t>Springbank Avenue</t>
+  </si>
+  <si>
+    <t>Do not replace. Now have a dropped kerb</t>
+  </si>
+  <si>
+    <t>O/s 14</t>
+  </si>
+  <si>
+    <t>Priors Park</t>
+  </si>
+  <si>
+    <t>Tree removal WSPP Aug 14</t>
+  </si>
+  <si>
+    <t>O/s 25</t>
+  </si>
+  <si>
+    <t>Mill Park Avenue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O/s 42 </t>
+  </si>
+  <si>
+    <t>O/s 46</t>
+  </si>
+  <si>
+    <t>O/s 49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opp 63 </t>
+  </si>
+  <si>
+    <t>O/s 17</t>
+  </si>
+  <si>
+    <t>Mansfield Gardens</t>
+  </si>
+  <si>
+    <t>O/s 121</t>
+  </si>
+  <si>
+    <t>Glebe Way</t>
+  </si>
+  <si>
+    <t>o/s 105</t>
+  </si>
+  <si>
+    <t>The Avenue</t>
+  </si>
+  <si>
+    <t>DDD tree remove</t>
+  </si>
+  <si>
+    <t>o/s 117</t>
+  </si>
+  <si>
+    <t>o/s 17/19</t>
+  </si>
+  <si>
+    <t>Standen Ave</t>
+  </si>
+  <si>
+    <t>Ambleside Ave</t>
+  </si>
+  <si>
+    <t>Missed of 2014/15 planting list</t>
+  </si>
+  <si>
+    <t>o/s 51</t>
+  </si>
+  <si>
+    <t>Ravenscourt Drive</t>
+  </si>
+  <si>
+    <t>ECO 17/12/14 - Remove unstable tree</t>
+  </si>
+  <si>
+    <t>O/s 65</t>
+  </si>
+  <si>
+    <t>Norfolk Road</t>
+  </si>
+  <si>
+    <t>o/s 41</t>
+  </si>
+  <si>
+    <t>Hacton Lane</t>
+  </si>
+  <si>
+    <t>on the green opp 41 verge</t>
+  </si>
+  <si>
+    <t>o/s 57</t>
+  </si>
+  <si>
+    <t>Hacton Drive</t>
+  </si>
+  <si>
+    <t>Ashlyn Grove</t>
+  </si>
+  <si>
+    <t>Request from the resident (see enq 0278390) Flowering Cherry preferred</t>
+  </si>
+  <si>
+    <t>o/s 26</t>
+  </si>
+  <si>
+    <t>Cherry (Prunus) see email 25.4.15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">St Leonards Way </t>
+  </si>
+  <si>
+    <t>CORP COMPLAINT 294021 MOVE TREE AND RELOCATE IN NOVEMBER      Tarmac</t>
+  </si>
+  <si>
+    <t>O/s 300</t>
+  </si>
+  <si>
+    <t>ENQ-0296897 - RP inspected tree to be removed and replanted this planting season. Tree still in pit</t>
+  </si>
+  <si>
+    <t>O/s 28/30</t>
+  </si>
+  <si>
+    <t>Percival Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RP Removed dead sapling (2nd tree to dye in this pit)(Alder gluteronrsa) </t>
+  </si>
+  <si>
+    <t>o/s 135</t>
+  </si>
+  <si>
+    <t>Laburnum Ave</t>
+  </si>
+  <si>
+    <t>cllr request11.5.15 (via Jane G)</t>
+  </si>
+  <si>
+    <t>O/s 9</t>
+  </si>
+  <si>
+    <t>Dead sapling in pit - remove and replace</t>
+  </si>
+  <si>
+    <t>166/168</t>
+  </si>
+  <si>
+    <t>Northumberland Ave</t>
+  </si>
+  <si>
+    <t>Hillview avenue</t>
+  </si>
+  <si>
+    <t>DDD Tree removed</t>
+  </si>
+  <si>
+    <t>RP recommended not to replant</t>
+  </si>
+  <si>
+    <t>Flank 17 Maybrick Road</t>
+  </si>
+  <si>
+    <t>Great Gardens</t>
+  </si>
+  <si>
+    <t>on green, junction with Abbs Cross Lane</t>
+  </si>
+  <si>
+    <t>High Street, Hornchurch</t>
+  </si>
+  <si>
+    <t>Dead tree removed (RP)</t>
+  </si>
+  <si>
+    <t>opp 18 Glamis Drive</t>
+  </si>
+  <si>
+    <t>flank of 70 Burnway</t>
+  </si>
+  <si>
+    <t>replace high  risk tree removed drop kerbs do not replant</t>
+  </si>
+  <si>
+    <t>o/s 309</t>
+  </si>
+  <si>
+    <t>Osborne Road</t>
+  </si>
+  <si>
+    <t>enq 301512. Do not replace per RP</t>
+  </si>
+  <si>
+    <t>o/s 136</t>
+  </si>
+  <si>
+    <t>Bevan Way</t>
+  </si>
+  <si>
+    <t>Resident requested either a . Could I please request a pink or white blossom tree outside my property 136 Bevan Way. Via email from S/C Exec Councillor Morgon 11.6.2015</t>
+  </si>
+  <si>
+    <t>flank of Sandwich Shop</t>
+  </si>
+  <si>
+    <t>Glanville Drive</t>
+  </si>
+  <si>
+    <t>7 &amp; 8</t>
+  </si>
+  <si>
+    <t>Concrete</t>
+  </si>
+  <si>
+    <t>RP-2 x trees to be planted on flank of Sandwich Shop</t>
+  </si>
+  <si>
+    <t>O/s 56</t>
+  </si>
+  <si>
+    <t>O/s 58</t>
+  </si>
+  <si>
+    <t>O.s 120/122</t>
+  </si>
+  <si>
+    <t>Elm Park Avenue</t>
+  </si>
+  <si>
+    <t>Remove DDD do not plant bus stop installed</t>
+  </si>
+  <si>
+    <t>O/s 48</t>
+  </si>
+  <si>
+    <t>Doncaster Way</t>
+  </si>
+  <si>
+    <t>o/s 23</t>
+  </si>
+  <si>
+    <t>Cedar Road</t>
+  </si>
+  <si>
+    <t>Remove DDD (do not replant)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 1, 28m from jct Slewins Lane </t>
+  </si>
+  <si>
+    <t>Kinfaun Ave</t>
+  </si>
+  <si>
+    <t>DDD, Do not replant</t>
+  </si>
+  <si>
+    <t>o/s 94</t>
+  </si>
+  <si>
+    <t>Grenfell Ave</t>
+  </si>
+  <si>
+    <t>replace broken tree . See enq-0310576</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 12 </t>
+  </si>
+  <si>
+    <t>Central Drive</t>
+  </si>
+  <si>
+    <t>email request received via StreetCare Executive 15.7.15</t>
+  </si>
+  <si>
+    <t>Woodlands Ave</t>
+  </si>
+  <si>
+    <t>ECO 16/7/15- Replace (RP)</t>
+  </si>
+  <si>
+    <t>o/s 53</t>
+  </si>
+  <si>
+    <t>o/s 79</t>
+  </si>
+  <si>
+    <t>Devonshire Road</t>
+  </si>
+  <si>
+    <t>DDD tree removed ( Aug 2015 wspp)</t>
+  </si>
+  <si>
+    <t>o/s 87</t>
+  </si>
+  <si>
+    <t>o/s 270</t>
+  </si>
+  <si>
+    <t>o/s 308</t>
+  </si>
+  <si>
+    <t>o/s 44</t>
+  </si>
+  <si>
+    <t>Stanley Road</t>
+  </si>
+  <si>
+    <t>between 9/11</t>
+  </si>
+  <si>
+    <t>Diban Ave</t>
+  </si>
+  <si>
+    <t>Dawes Aveue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DDD tree removed </t>
+  </si>
+  <si>
+    <t>123/125</t>
+  </si>
+  <si>
+    <t>DDD removed. MUST be replated. Cllr req email 28.9.15</t>
+  </si>
+  <si>
+    <t>DDD tree removed. Do not replace (too nr xover)</t>
+  </si>
+  <si>
+    <t>Granton Ave</t>
+  </si>
+  <si>
+    <t>DD Tree Removed</t>
+  </si>
+  <si>
+    <t>NOR</t>
+  </si>
+  <si>
+    <t>Hulse Avenue</t>
+  </si>
+  <si>
+    <t>Missing tree (notice from WSPP inspection April 2014)v/c installed</t>
+  </si>
+  <si>
+    <t>Brockley Crescent</t>
+  </si>
+  <si>
+    <t>ECO 15/08/14 - In shrubbery</t>
+  </si>
+  <si>
+    <t>Felstead Road</t>
+  </si>
+  <si>
+    <t>Tim was approached by resident &amp; tree was requested</t>
+  </si>
+  <si>
+    <t>o/s 125</t>
+  </si>
+  <si>
+    <t>Hainault Road</t>
+  </si>
+  <si>
+    <t>o/s 69a</t>
+  </si>
+  <si>
+    <t>Essex Road</t>
+  </si>
+  <si>
+    <t>o/s 291 (1m from driveway)</t>
+  </si>
+  <si>
+    <t>Collier Row Lane</t>
+  </si>
+  <si>
+    <t>replaced vandalised tree (see enq 243596)</t>
+  </si>
+  <si>
+    <t>opp 11</t>
+  </si>
+  <si>
+    <t>Pettits Lane</t>
+  </si>
+  <si>
+    <t>o/s Victoria Hospital</t>
+  </si>
+  <si>
+    <t>newly planted tree vandalised. Removed by RP 19.3.15</t>
+  </si>
+  <si>
+    <t>o/s 296/298</t>
+  </si>
+  <si>
+    <t>Havering Road</t>
+  </si>
+  <si>
+    <t>Nuisance fruit fall removal</t>
+  </si>
+  <si>
+    <t>missing on April 2015 WSPP inspection</t>
+  </si>
+  <si>
+    <t>opp 413</t>
+  </si>
+  <si>
+    <t>O/s 357</t>
+  </si>
+  <si>
+    <t>Opp Havering Gymnastics Centre</t>
+  </si>
+  <si>
+    <t>5 x DDD Trees Removed- RP-Do not replace. Not suitable for re-planting</t>
+  </si>
+  <si>
+    <t>Carter Drive</t>
+  </si>
+  <si>
+    <t>Concrete (old tree pit)</t>
+  </si>
+  <si>
+    <t>O/s 3</t>
+  </si>
+  <si>
+    <t>Silvermere Avenue</t>
+  </si>
+  <si>
+    <t>O/s 68,70</t>
+  </si>
+  <si>
+    <t>Faircross Avenue</t>
+  </si>
+  <si>
+    <t>O/s 134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O/s 59 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mount Pleasant </t>
+  </si>
+  <si>
+    <t>o/s 5/7</t>
+  </si>
+  <si>
+    <t>O/s 17/19</t>
+  </si>
+  <si>
+    <t>Ascension Road</t>
+  </si>
+  <si>
+    <t>o/s 101</t>
+  </si>
+  <si>
+    <t>Rosedale Road</t>
+  </si>
+  <si>
+    <t>Hood Walk</t>
+  </si>
+  <si>
+    <t>ROM</t>
+  </si>
+  <si>
+    <t>O/s 15-17</t>
+  </si>
+  <si>
+    <t>O/s 1</t>
+  </si>
+  <si>
+    <t>Globe Road</t>
+  </si>
+  <si>
+    <t>Removed 26/08/14 - Missed of 2013/2014 planting list</t>
+  </si>
+  <si>
+    <t>o/s 16</t>
+  </si>
+  <si>
+    <t>Jutsums Lane</t>
+  </si>
+  <si>
+    <t>o/s 60</t>
+  </si>
+  <si>
+    <t>Norwood Avenue</t>
+  </si>
+  <si>
+    <t>sapling dead replace</t>
+  </si>
+  <si>
+    <t>Opp 29</t>
+  </si>
+  <si>
+    <t>Carlisle Road</t>
+  </si>
+  <si>
+    <t>Remove 22/05/14 - Missed 2014/15 List</t>
+  </si>
+  <si>
+    <t>o/s 65/67</t>
+  </si>
+  <si>
+    <t>Stockland Road</t>
+  </si>
+  <si>
+    <t>Removed DDD Tree</t>
+  </si>
+  <si>
+    <t>flank of 116 Main Road, 45m junction</t>
+  </si>
+  <si>
+    <t>opp 2a Repton Avenue</t>
+  </si>
+  <si>
+    <t>DDD tree removed (Per RP 3.2.15)</t>
+  </si>
+  <si>
+    <t>Jubilee Avenue</t>
+  </si>
+  <si>
+    <t>Brook Close</t>
+  </si>
+  <si>
+    <t>Residents request (Enq 0287335)</t>
+  </si>
+  <si>
+    <t>O/s 43</t>
+  </si>
+  <si>
+    <t>Pemberton Avenue</t>
+  </si>
+  <si>
+    <t>RP removed Dead sapling</t>
+  </si>
+  <si>
+    <t>o/s 78</t>
+  </si>
+  <si>
+    <t>Rise Park Boulevard</t>
+  </si>
+  <si>
+    <t>13m from cnr of Beauly Way</t>
+  </si>
+  <si>
+    <t>removed dead cherry</t>
+  </si>
+  <si>
+    <t>Crowlands Avenue</t>
+  </si>
+  <si>
+    <t>Replace High risk removal v/c installed do not plant</t>
+  </si>
+  <si>
+    <t>opp 36</t>
+  </si>
+  <si>
+    <t>Kingston Road</t>
+  </si>
+  <si>
+    <t>o/s 103</t>
+  </si>
+  <si>
+    <t>Pretoria Road</t>
+  </si>
+  <si>
+    <t>paving/concrete</t>
+  </si>
+  <si>
+    <t>do not replace (Insurance claim)</t>
+  </si>
+  <si>
+    <t>o/s 100</t>
+  </si>
+  <si>
+    <t>Crow Lane</t>
+  </si>
+  <si>
+    <t>o/s 37</t>
+  </si>
+  <si>
+    <t>Cotleigh Road</t>
+  </si>
+  <si>
+    <t>replace trees removed (trees for cities)</t>
+  </si>
+  <si>
+    <t>corner of</t>
+  </si>
+  <si>
+    <t>Halidon Rise &amp; Church Road</t>
+  </si>
+  <si>
+    <t>Weald Way</t>
+  </si>
+  <si>
+    <t>o/s 39 (3m from corner with Deveron Way</t>
+  </si>
+  <si>
+    <t>o/s 69</t>
+  </si>
+  <si>
+    <t>The Drive</t>
+  </si>
+  <si>
+    <t>remove dead sapling when replanting</t>
+  </si>
+  <si>
+    <t>Lilliputs Road</t>
+  </si>
+  <si>
+    <t>DDD Tree removed - Do not replace (RP)</t>
+  </si>
+  <si>
+    <t>o/s 230</t>
+  </si>
+  <si>
+    <t>Carlton Road</t>
+  </si>
+  <si>
+    <t>DO NOT REPLACE. VEHICLE CROSSOVER BEING INSTALLED</t>
+  </si>
+  <si>
+    <t>o/s 6</t>
+  </si>
+  <si>
+    <t>DDD tree removed (not a Hawthorn). Resident has requested a Prunus Pssadii</t>
+  </si>
+  <si>
+    <t>o/s 11</t>
+  </si>
+  <si>
+    <t>Tudor Ave</t>
+  </si>
+  <si>
+    <t>High risk removal (resident wants a replacement. There are 2 dropped kerbs, please leave resident enough clearance)</t>
+  </si>
+  <si>
+    <t>O/s 6</t>
+  </si>
+  <si>
+    <t>Bell House Road</t>
+  </si>
+  <si>
+    <t>SHR</t>
+  </si>
+  <si>
+    <t>Opp 59</t>
+  </si>
+  <si>
+    <t>Wentworth Way</t>
+  </si>
+  <si>
+    <t>Opp 61</t>
+  </si>
+  <si>
+    <t>Opp flank of rear gardens 3m from cnr of 48 Waverley Rd</t>
+  </si>
+  <si>
+    <t>opp 13</t>
+  </si>
+  <si>
+    <t>Dominion Way</t>
+  </si>
+  <si>
+    <t>Allen Road</t>
+  </si>
+  <si>
+    <t>Flank of 42 Farm Road</t>
+  </si>
+  <si>
+    <t>central res opp 3/4 Beam Parade</t>
+  </si>
+  <si>
+    <t>New Road</t>
+  </si>
+  <si>
+    <t>Dead sapling</t>
+  </si>
+  <si>
+    <t>central res opp entrance Beam Parklands</t>
+  </si>
+  <si>
+    <t>central res opp l/col 3</t>
+  </si>
+  <si>
+    <t>central res opp l/c 5</t>
+  </si>
+  <si>
+    <t>central res opp pedestrian entrance to Beam Parklands</t>
+  </si>
+  <si>
+    <t>next to l/col 3</t>
+  </si>
+  <si>
+    <t>opp l/col 4</t>
+  </si>
+  <si>
+    <t>28/29</t>
+  </si>
+  <si>
+    <t>Stanhope Road</t>
+  </si>
+  <si>
+    <t>ECO 11/08/14 - Fell Tree</t>
+  </si>
+  <si>
+    <t>Farm Road</t>
+  </si>
+  <si>
+    <t>Letter from resident 12.10.14 requesting tree (see in p/list folder)</t>
+  </si>
+  <si>
+    <t>o/s 40/42</t>
+  </si>
+  <si>
+    <t>Eastwood Drive</t>
+  </si>
+  <si>
+    <t>ECO 10.1.2015. remove wind blown tree</t>
+  </si>
+  <si>
+    <t>opp 4</t>
+  </si>
+  <si>
+    <t>Lovell Walk</t>
+  </si>
+  <si>
+    <t>enq 251159 (RP spoke with resident at number 3)</t>
+  </si>
+  <si>
+    <t>o/s 1</t>
+  </si>
+  <si>
+    <t>Robin to call Mrs Jackson 01708 555325 when going to inspect.</t>
+  </si>
+  <si>
+    <t>o/s 108</t>
+  </si>
+  <si>
+    <t>Hubert Road</t>
+  </si>
+  <si>
+    <t>ddd tree removed - Mr Bishop from 108 has requested for not to be replaced as he is requesting for drop - 01708558514</t>
+  </si>
+  <si>
+    <t>Lambs Lane South</t>
+  </si>
+  <si>
+    <t>Enq 287533 (RP agreed to replace tree)</t>
+  </si>
+  <si>
+    <t>Surridge Close</t>
+  </si>
+  <si>
+    <t>flank of 188 Upminster Road South</t>
+  </si>
+  <si>
+    <t>Brights Ave</t>
+  </si>
+  <si>
+    <t>Do not replace (RP)</t>
+  </si>
+  <si>
+    <t>o/s 56</t>
+  </si>
+  <si>
+    <t>opp 461a</t>
+  </si>
+  <si>
+    <t>Upminster Road North</t>
+  </si>
+  <si>
+    <t>Put on replacement list at TG email request 17.6.15</t>
+  </si>
+  <si>
+    <t>Frederick Road</t>
+  </si>
+  <si>
+    <t>O/s 60/62</t>
+  </si>
+  <si>
+    <t>O/s 28</t>
+  </si>
+  <si>
+    <t>Betterton Road</t>
+  </si>
+  <si>
+    <t>o/s 192/194</t>
+  </si>
+  <si>
+    <t>Upminster Road South</t>
+  </si>
+  <si>
+    <t>Are tree pits that have been created and blanked over for the planting season. (email from RP 19/6/15)</t>
+  </si>
+  <si>
+    <t>o/s 196</t>
+  </si>
+  <si>
+    <t>o/s198</t>
+  </si>
+  <si>
+    <t>o/s 217</t>
+  </si>
+  <si>
+    <t>o/s 219/221</t>
+  </si>
+  <si>
+    <t>o/s 223 (on corner of Waverly Road</t>
+  </si>
+  <si>
+    <t>opp 1 (on green)</t>
+  </si>
+  <si>
+    <t>Durrants Close</t>
+  </si>
+  <si>
+    <t>to replace tree removed from flank of number 1 (no space now)</t>
+  </si>
+  <si>
+    <t>Ingrebourne Road</t>
+  </si>
+  <si>
+    <t>Replace tree that has been removed (This was not us). See email 17/8/15. Resident wants it replaced.</t>
+  </si>
+  <si>
+    <t>56/58</t>
+  </si>
+  <si>
+    <t>South Hall Drive</t>
+  </si>
+  <si>
+    <t>UPM</t>
+  </si>
+  <si>
+    <t>O/s 27</t>
+  </si>
+  <si>
+    <t>Springfield Gardens</t>
+  </si>
+  <si>
+    <t>O/s 29</t>
+  </si>
+  <si>
+    <t>O/s 36</t>
+  </si>
+  <si>
+    <t>o/s 40 (little pink co)</t>
+  </si>
+  <si>
+    <t>Corbets Tey Road</t>
+  </si>
+  <si>
+    <t>plant in old tree pit</t>
+  </si>
+  <si>
+    <t>DDD tree removed (would like a Prunus)</t>
+  </si>
+  <si>
+    <t>Opp 14</t>
+  </si>
+  <si>
+    <t>Humber Drive</t>
+  </si>
+  <si>
+    <t>ECO Remove leaning tree</t>
+  </si>
+  <si>
+    <t>o/s 168</t>
+  </si>
+  <si>
+    <t>Cranham Gardens</t>
+  </si>
+  <si>
+    <t>replaced high risk removal tree</t>
+  </si>
+  <si>
+    <t>Fleet Avenue</t>
+  </si>
+  <si>
+    <t>Opp 20</t>
+  </si>
+  <si>
+    <t>The Meads</t>
+  </si>
+  <si>
+    <t>Deyncourt Gardens</t>
+  </si>
+  <si>
+    <t>O/s 78</t>
+  </si>
+  <si>
+    <t>O/s 22</t>
+  </si>
+  <si>
+    <t>Brookmans Close</t>
+  </si>
+  <si>
+    <t>o/s 13</t>
+  </si>
+  <si>
+    <t>Foxhall Road</t>
+  </si>
+  <si>
+    <t>o/s 42/44</t>
+  </si>
+  <si>
+    <t>Howard Road</t>
+  </si>
+  <si>
+    <t>No 42 has requested a species that blossoms (eg Prunus)</t>
+  </si>
+  <si>
+    <t>Forth Road</t>
+  </si>
+  <si>
+    <t>7 canx 23.11.15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Do not replace. </t>
+  </si>
+  <si>
+    <t>South View Road</t>
+  </si>
+  <si>
+    <t>ECO 29.8.14 Fell &amp; grind stump</t>
+  </si>
+  <si>
+    <t>flank of 303 Corbets Tey Road</t>
+  </si>
+  <si>
+    <t>o/s Chemist (87)</t>
+  </si>
+  <si>
+    <t>Front Lane</t>
+  </si>
+  <si>
+    <t>Remove leaning tree (tree still in situ)</t>
+  </si>
+  <si>
+    <t>flank of 118</t>
+  </si>
+  <si>
+    <t>Eldred Gardens</t>
+  </si>
+  <si>
+    <t>Tree Missing  Dec WSPP</t>
+  </si>
+  <si>
+    <t>O/s 4/6</t>
+  </si>
+  <si>
+    <t>Winchester Avenue</t>
+  </si>
+  <si>
+    <t>Gaynes Park Road</t>
+  </si>
+  <si>
+    <t>o/s 39</t>
+  </si>
+  <si>
+    <t>The Grove</t>
+  </si>
+  <si>
+    <t>ECO tree removed 21.10.14</t>
+  </si>
+  <si>
+    <t>o/s 12</t>
+  </si>
+  <si>
+    <t>Grosvenor Gardens</t>
+  </si>
+  <si>
+    <t>ECO 29.11.14 - fell &amp; grind tree knocked over by lorry</t>
+  </si>
+  <si>
+    <t>o/s 14</t>
+  </si>
+  <si>
+    <t>Sunnycroft Gardens</t>
+  </si>
+  <si>
+    <t>residents email request of 12/1/15</t>
+  </si>
+  <si>
+    <t>Cavenham Gardens</t>
+  </si>
+  <si>
+    <t>Resident has requested that The tree is not replanted. He has a drop kerb request going through</t>
+  </si>
+  <si>
+    <t>Marlborough Gardens</t>
+  </si>
+  <si>
+    <t>ENQ-0248668 - Fallen Tree RP removed tree</t>
+  </si>
+  <si>
+    <t>17/19</t>
+  </si>
+  <si>
+    <t>Acacia Drive</t>
+  </si>
+  <si>
+    <t>email request from resident 30.1.15</t>
+  </si>
+  <si>
+    <t>Flank 43 Avon Road</t>
+  </si>
+  <si>
+    <t>Mersey Ave</t>
+  </si>
+  <si>
+    <t>o/s 32</t>
+  </si>
+  <si>
+    <t>Trent Avenue</t>
+  </si>
+  <si>
+    <t>o/s 66</t>
+  </si>
+  <si>
+    <t>Parkland Ave</t>
+  </si>
+  <si>
+    <t>Request from resident @ 66 (Mrs Chivers)</t>
+  </si>
+  <si>
+    <t>O/s 7</t>
+  </si>
+  <si>
+    <t>Gaynes Court</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Replace DDD Tree </t>
+  </si>
+  <si>
+    <t>Minster Way</t>
+  </si>
+  <si>
+    <t>Hall Lane</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">resident request by email 23.3.15 - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Wants an Oak Tree</t>
+    </r>
+  </si>
+  <si>
+    <t>Beech Ave</t>
+  </si>
+  <si>
+    <t>resident request by email 10.4.15 - Wants a Floweing Cherry</t>
+  </si>
+  <si>
+    <t>Esdaile Gardend</t>
+  </si>
+  <si>
+    <t>O/s 15/16</t>
+  </si>
+  <si>
+    <t>Corre from R Roper 27/04/15 @ 14.27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O/s 118/120 </t>
+  </si>
+  <si>
+    <t>Sunnyside Gardens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Small Sapling removed - RP to check site before planting again. </t>
+  </si>
+  <si>
+    <t>o/s 7</t>
+  </si>
+  <si>
+    <t>The Fairway</t>
+  </si>
+  <si>
+    <t>TG-replace dead sapling &amp; arrange for it to be removed at the time of replanting replacement</t>
+  </si>
+  <si>
+    <t>flank of 21</t>
+  </si>
+  <si>
+    <t>Holden Way</t>
+  </si>
+  <si>
+    <t>o/s 25/27</t>
+  </si>
+  <si>
+    <t>Remove tree hit by SERCO lorry (ECO 14/5/15)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 6 </t>
+  </si>
+  <si>
+    <t>South View Drive</t>
+  </si>
+  <si>
+    <t>DDD tree removed (TG)</t>
+  </si>
+  <si>
+    <t>o/s 38</t>
+  </si>
+  <si>
+    <t>O/s 38</t>
+  </si>
+  <si>
+    <t>O/s 83</t>
+  </si>
+  <si>
+    <t>O/s 12</t>
+  </si>
+  <si>
+    <t>Tawny Avenue</t>
+  </si>
+  <si>
+    <t>O/s 8</t>
+  </si>
+  <si>
+    <t>Clayton Avenue</t>
+  </si>
+  <si>
+    <t>Masefield Drive</t>
+  </si>
+  <si>
+    <t>Removed due to insurance claime. Replace (RP)</t>
+  </si>
+  <si>
+    <t>flank of 31 Fairfield Ave</t>
+  </si>
+  <si>
+    <t>The Shrubbery</t>
+  </si>
+  <si>
+    <t>DDD tree removed (enq IP-79631)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verge </t>
+  </si>
+  <si>
+    <t>Please remove dead sapling, and replace</t>
+  </si>
+  <si>
+    <t>on green by 25</t>
+  </si>
+  <si>
+    <t>Kings Gardens</t>
+  </si>
+  <si>
+    <t>on verge</t>
+  </si>
+  <si>
+    <t>Residents email request 11.6.15</t>
+  </si>
+  <si>
+    <t>o/s 138</t>
+  </si>
+  <si>
+    <t>o/s 162</t>
+  </si>
+  <si>
+    <t>St Albans Ave</t>
+  </si>
+  <si>
+    <t>o/s 54</t>
+  </si>
+  <si>
+    <t>Chester Avenue</t>
+  </si>
+  <si>
+    <t>St Mary's Lane</t>
+  </si>
+  <si>
+    <t>Broken saplin</t>
+  </si>
+  <si>
+    <t>26/28</t>
+  </si>
+  <si>
+    <t>Kingfisher Road</t>
+  </si>
+  <si>
+    <t>tarmac</t>
+  </si>
+  <si>
+    <t>Removed DDD - Do not replace</t>
+  </si>
+  <si>
+    <t>ECO 20.8.15</t>
+  </si>
+  <si>
+    <t>Ashleigh Gardens</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>Trustons Gardens</t>
+  </si>
+  <si>
+    <t>o/s 43</t>
+  </si>
+  <si>
+    <t>Nelmes Crescent</t>
+  </si>
+  <si>
+    <t>Nelmes Way</t>
+  </si>
+  <si>
+    <t>o/s 50</t>
+  </si>
+  <si>
+    <t>Rowan Walk</t>
+  </si>
+  <si>
+    <t>Mashiters Hill</t>
+  </si>
+  <si>
+    <t>Compton Avenue</t>
+  </si>
+  <si>
+    <t>o/s 5</t>
+  </si>
+  <si>
+    <t>Nelson Road</t>
+  </si>
+  <si>
+    <t>Airfield Way</t>
+  </si>
+  <si>
+    <t>Hornminster Glen</t>
+  </si>
+  <si>
+    <t>Rosewood Avenue</t>
+  </si>
+  <si>
+    <t>o/s 49</t>
+  </si>
+  <si>
+    <t>Willow Street</t>
+  </si>
+  <si>
+    <t>o/s 75</t>
+  </si>
+  <si>
+    <t>o/s 8</t>
+  </si>
+  <si>
+    <t>opp 10</t>
+  </si>
+  <si>
+    <t>o/s 19</t>
+  </si>
+  <si>
+    <t>o/s 83</t>
+  </si>
+  <si>
+    <t>Park Drive</t>
+  </si>
+  <si>
+    <t>o/s 31</t>
+  </si>
+  <si>
+    <t>Little Gaynes Lane</t>
+  </si>
+  <si>
+    <t>o/s 56/58</t>
+  </si>
+  <si>
+    <t>Moor Lane</t>
+  </si>
+  <si>
+    <t>River Drive</t>
+  </si>
+  <si>
+    <t>Tawny Ave</t>
+  </si>
+  <si>
+    <t>Brackendale Gardens</t>
+  </si>
+  <si>
+    <t>Saunton Road</t>
+  </si>
+  <si>
+    <t>Berkshire Way</t>
+  </si>
+  <si>
+    <t>o/s 64</t>
+  </si>
+  <si>
+    <t>o/s 59</t>
+  </si>
+  <si>
+    <t>o/s 67</t>
+  </si>
+  <si>
+    <t>o/s 28</t>
+  </si>
+  <si>
+    <t>Nevis Close</t>
+  </si>
+  <si>
+    <t>o/s 92</t>
+  </si>
+  <si>
+    <t>Paving/concrete</t>
+  </si>
+  <si>
+    <t>o/s 72</t>
+  </si>
+  <si>
+    <t>o/s 70</t>
+  </si>
+  <si>
+    <t>Ingreway</t>
+  </si>
+  <si>
+    <t>Walden Way</t>
+  </si>
+  <si>
+    <t>Laburnum Walk</t>
+  </si>
+  <si>
+    <t>Fernbank Ave</t>
+  </si>
+  <si>
+    <t>paving</t>
+  </si>
+  <si>
+    <t>o/s 76</t>
+  </si>
+  <si>
+    <t>o/s 48</t>
+  </si>
+  <si>
+    <t>Kenilworth Gardens</t>
+  </si>
+  <si>
+    <t>Kempton Ave</t>
+  </si>
+  <si>
+    <t>paving/tarmac</t>
+  </si>
+  <si>
+    <t>o/s 24</t>
+  </si>
+  <si>
+    <t>o/s 6/8</t>
+  </si>
+  <si>
+    <t>Sheila Road</t>
+  </si>
+  <si>
+    <t>O/s 2</t>
+  </si>
+  <si>
+    <t>o/s 58</t>
+  </si>
+  <si>
+    <t>concrete</t>
+  </si>
+  <si>
+    <t>Ryder Gardens</t>
+  </si>
+  <si>
+    <t>Heron Way</t>
+  </si>
+  <si>
+    <t>Huntsmans Drive</t>
+  </si>
+  <si>
+    <t>Severn Drive</t>
+  </si>
+  <si>
+    <t>Meadow Way</t>
+  </si>
+  <si>
+    <t>Argyle Gardens</t>
+  </si>
+  <si>
+    <t>Betula Pubescens</t>
+  </si>
+  <si>
+    <t>Planting 17/18</t>
+  </si>
+  <si>
+    <t>Denholme Walk</t>
+  </si>
+  <si>
+    <t>Decay at base</t>
+  </si>
+  <si>
+    <t>As per robin</t>
+  </si>
+  <si>
+    <t>Cornwall Close</t>
+  </si>
+  <si>
+    <t>dead tree (sept 2016 WSPP)</t>
+  </si>
+  <si>
+    <t>o/s 42</t>
+  </si>
+  <si>
+    <t>missing. (sept 2016 WSPP)</t>
+  </si>
+  <si>
+    <t>in decline (Sept 2016 WSPP)</t>
+  </si>
+  <si>
+    <t>Lincoln Close</t>
+  </si>
+  <si>
+    <t>removed. Main stem dead.(Sept 2016 WSPP)</t>
+  </si>
+  <si>
+    <t>flank of 64 Hubbards Chase</t>
+  </si>
+  <si>
+    <t>Hubbards Close</t>
+  </si>
+  <si>
+    <t>o/s 56, next to walkway leading to school jct Recreation Ave</t>
+  </si>
+  <si>
+    <t>Coombe Road</t>
+  </si>
+  <si>
+    <t>opp1</t>
+  </si>
+  <si>
+    <t>flank of 37 Brooklands Gardens 5m from junction</t>
+  </si>
+  <si>
+    <t>Warrington Gardens</t>
+  </si>
+  <si>
+    <t>knocked down by lorry Sept 2016</t>
+  </si>
+  <si>
+    <t>Hampshire Road</t>
+  </si>
+  <si>
+    <t>eco 20/9/16-fallen tree</t>
+  </si>
+  <si>
+    <t>Hillview Ave</t>
+  </si>
+  <si>
+    <t>decay in stem</t>
+  </si>
+  <si>
+    <t>flank of 28 Herbert Road, 40m from cnr</t>
+  </si>
+  <si>
+    <t>St Georges Ave</t>
+  </si>
+  <si>
+    <t>dead tree</t>
+  </si>
+  <si>
+    <t>flank of 16 Park Boulevard, 28m from jct</t>
+  </si>
+  <si>
+    <t>Roslyn Gardens</t>
+  </si>
+  <si>
+    <t>missing from Oct 2016 WSPP inspection</t>
+  </si>
+  <si>
+    <t>465/467</t>
+  </si>
+  <si>
+    <t>Upper Brentwood Road</t>
+  </si>
+  <si>
+    <t>Mr Dunn called on day of removal, he was most annoyed by lack of communication regarding removal of tree, I explained this is not our policy and that we do not have the resources to write to residents for each tree we remove throughout the borough, these 2 trees were diseased. NT sent replacment letter advising we would plant 2016/2017 please plant</t>
+  </si>
+  <si>
+    <t>o/s Methodist Church on roundabout</t>
+  </si>
+  <si>
+    <t>opp 24 (o/s 19)</t>
+  </si>
+  <si>
+    <t>paving/verge</t>
+  </si>
+  <si>
+    <t>Eugene Close</t>
+  </si>
+  <si>
+    <t>decay at base</t>
+  </si>
+  <si>
+    <t>o/s 34 roadside</t>
+  </si>
+  <si>
+    <t>o/s of 231's front garden, 20m down hill from street light</t>
+  </si>
+  <si>
+    <t>Dead tree</t>
+  </si>
+  <si>
+    <t>Lawrence Road</t>
+  </si>
+  <si>
+    <t>diseased tree</t>
+  </si>
+  <si>
+    <t>flank of 10 Balgores Sq 19m jct</t>
+  </si>
+  <si>
+    <t>Hare Hall Lane</t>
+  </si>
+  <si>
+    <t>dying tree (Oct 2016 WSPP)</t>
+  </si>
+  <si>
+    <t>o/s 11a</t>
+  </si>
+  <si>
+    <t>Westmoreland Ave</t>
+  </si>
+  <si>
+    <t>fruit fall removal</t>
+  </si>
+  <si>
+    <t>o/s 153</t>
+  </si>
+  <si>
+    <t>Haynes Road</t>
+  </si>
+  <si>
+    <t>hit by vehicle (Enq 0459383)</t>
+  </si>
+  <si>
+    <t>replace snapped sapling</t>
+  </si>
+  <si>
+    <t>Rot at base</t>
+  </si>
+  <si>
+    <t>Resident request (IP-233618)</t>
+  </si>
+  <si>
+    <t>Gid</t>
+  </si>
+  <si>
+    <t>O.s 68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mashiters Hill </t>
+  </si>
+  <si>
+    <t>VERGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flank 70 </t>
+  </si>
+  <si>
+    <t>Bedale Road</t>
+  </si>
+  <si>
+    <t>CAN WE PLEASE LOOK AT THIS LOCATION AND SURROUNDING AREAS</t>
+  </si>
+  <si>
+    <t>o/s 287</t>
+  </si>
+  <si>
+    <t>Goodwood Ave</t>
+  </si>
+  <si>
+    <t>dead tree removed</t>
+  </si>
+  <si>
+    <t>o/s 86/88</t>
+  </si>
+  <si>
+    <t>Hyland Way</t>
+  </si>
+  <si>
+    <t>ECO-fallen tree</t>
+  </si>
+  <si>
+    <t>o/s 107</t>
+  </si>
+  <si>
+    <t>o/s 440</t>
+  </si>
+  <si>
+    <t>resident request (IP-222076)</t>
+  </si>
+  <si>
+    <t>Opp 28</t>
+  </si>
+  <si>
+    <t>opp 141</t>
+  </si>
+  <si>
+    <t>vandalised sapling</t>
+  </si>
+  <si>
+    <t>O/s 513/515</t>
+  </si>
+  <si>
+    <t>O/s 498/500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opp 58 </t>
+  </si>
+  <si>
+    <t>Replace dead sapling</t>
+  </si>
+  <si>
+    <t>o/s 239</t>
+  </si>
+  <si>
+    <t>Cross Road</t>
+  </si>
+  <si>
+    <t>O/s 95 rhs</t>
+  </si>
+  <si>
+    <t>WSPP Oct 16 Tree Missing</t>
+  </si>
+  <si>
+    <t>O/s 9-11 Opp</t>
+  </si>
+  <si>
+    <t>Park Boulrvard</t>
+  </si>
+  <si>
+    <t>Opp 7-9</t>
+  </si>
+  <si>
+    <t>O/s 17, side closest to 18</t>
+  </si>
+  <si>
+    <t>Pav/con</t>
+  </si>
+  <si>
+    <t>Crossways</t>
+  </si>
+  <si>
+    <t>Wolseley Road</t>
+  </si>
+  <si>
+    <t>stump removed (enq 212933)</t>
+  </si>
+  <si>
+    <t>opp 11 Globe Road, 5m junction</t>
+  </si>
+  <si>
+    <t>Claremont Road</t>
+  </si>
+  <si>
+    <t>ECO 5/12/16 (hit by car)</t>
+  </si>
+  <si>
+    <t>Oaklands Ave</t>
+  </si>
+  <si>
+    <t>Remove DDD Tree (Feb 2016 wspp)</t>
+  </si>
+  <si>
+    <t>was on 2015/2016 planting list, this has been moved to this season</t>
+  </si>
+  <si>
+    <t>Knighton Road</t>
+  </si>
+  <si>
+    <t>Repton Drive</t>
+  </si>
+  <si>
+    <t>Remove DDD (fungal brackets)</t>
+  </si>
+  <si>
+    <t>flank of 50 Poplar St, 10m from Jct</t>
+  </si>
+  <si>
+    <t>O.s 223</t>
+  </si>
+  <si>
+    <t>Rush Green Road</t>
+  </si>
+  <si>
+    <t>O/s 172</t>
+  </si>
+  <si>
+    <t>Hawthorn Ave</t>
+  </si>
+  <si>
+    <t>between 17/19</t>
+  </si>
+  <si>
+    <t>resident request IP-225681 &amp; IP-226178</t>
+  </si>
+  <si>
+    <t>penerley road</t>
+  </si>
+  <si>
+    <t>resident request (please ensure it is planted in front of his wall)</t>
+  </si>
+  <si>
+    <t>O/s 76</t>
+  </si>
+  <si>
+    <t>Philip Road</t>
+  </si>
+  <si>
+    <t>Pav/tar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Missing on WSPP </t>
+  </si>
+  <si>
+    <t>O/s 52a</t>
+  </si>
+  <si>
+    <t>Stanley Road North</t>
+  </si>
+  <si>
+    <t>flank of 23 Brackendale Gdns</t>
+  </si>
+  <si>
+    <t>Coniston Ave</t>
+  </si>
+  <si>
+    <t>Dead tree removed</t>
+  </si>
+  <si>
+    <t>Beech Avenue</t>
+  </si>
+  <si>
+    <t>Diseased tree removed</t>
+  </si>
+  <si>
+    <t>Swan Ave</t>
+  </si>
+  <si>
+    <t>opp 276</t>
+  </si>
+  <si>
+    <t>Large cavity at base</t>
+  </si>
+  <si>
+    <t>o/s 1a</t>
+  </si>
+  <si>
+    <t>van reversed &amp; snapped sapling</t>
+  </si>
+  <si>
+    <t>o/s 143</t>
+  </si>
+  <si>
+    <t>Eversleigh Gardens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">paving </t>
+  </si>
+  <si>
+    <t>o/s 63</t>
+  </si>
+  <si>
+    <t>residents request (IP-212970)</t>
+  </si>
+  <si>
+    <t>The Crescent</t>
+  </si>
+  <si>
+    <t>Resident request (IP-216873)</t>
+  </si>
+  <si>
+    <t>o/s 178/180</t>
+  </si>
+  <si>
+    <t>Fleet Close</t>
+  </si>
+  <si>
+    <t>fungal brackets</t>
+  </si>
+  <si>
+    <t>flank of 8 Peterborough Ave</t>
+  </si>
+  <si>
+    <t>Canterbury Ave</t>
+  </si>
+  <si>
+    <t>Fruit fall removal</t>
+  </si>
+  <si>
+    <t>o/s Optimist Pub</t>
+  </si>
+  <si>
+    <t>Fairfield Ave</t>
+  </si>
+  <si>
+    <t>flank of 38 Springfield Ave</t>
+  </si>
+  <si>
+    <t>o/s 18/20</t>
+  </si>
+  <si>
+    <t>flank of 34 Hedingham Road, 26m from corner</t>
+  </si>
+  <si>
+    <t>Berkeley Drive</t>
+  </si>
+  <si>
+    <t>missing from December 2016 WSPP</t>
+  </si>
+  <si>
+    <t>flank of 188 Corbets Tey Road, 38m from corner</t>
+  </si>
+  <si>
+    <t>o/s 49/51</t>
+  </si>
+  <si>
+    <t>Laburnham Gardens</t>
+  </si>
+  <si>
+    <t>?</t>
+  </si>
+  <si>
+    <t>opp 1/2</t>
+  </si>
+  <si>
+    <t>Tadlows Close</t>
+  </si>
+  <si>
+    <t>dead</t>
+  </si>
+  <si>
+    <t>opp 140 flank of Hall Lane</t>
+  </si>
+  <si>
+    <t>Avon Road</t>
+  </si>
+  <si>
+    <t>fungal brackets on stem</t>
+  </si>
+  <si>
+    <t>New Place Gardens</t>
+  </si>
+  <si>
+    <t>fungal brackets at base</t>
+  </si>
+  <si>
+    <t>flank of 144 Cedar Gardens, 13m from corner</t>
+  </si>
+  <si>
+    <t>centre of stem dead</t>
+  </si>
+  <si>
+    <t>decay in main stem</t>
+  </si>
+  <si>
+    <t>The Glade</t>
+  </si>
+  <si>
+    <t>3/4 of canopy dead</t>
+  </si>
+  <si>
+    <t>large cavity on main crown break</t>
+  </si>
+  <si>
+    <t>DDD removed</t>
+  </si>
+  <si>
+    <t>o/s 20/22</t>
+  </si>
+  <si>
+    <t>o/s 96</t>
+  </si>
+  <si>
+    <t>ECO tree removed</t>
+  </si>
+  <si>
+    <t>o/s 98</t>
+  </si>
+  <si>
+    <t>Hit by vehicle (as 96 Sunnyside. 2 x trees)</t>
+  </si>
+  <si>
+    <t>DDD remove</t>
+  </si>
+  <si>
+    <t>(r/o 4 Ruskin Ave)</t>
+  </si>
+  <si>
+    <t>resident email reques t27/1/17</t>
+  </si>
+  <si>
+    <t>Flank 35 The Grove 30m from corner</t>
+  </si>
+  <si>
+    <t>Tawney avenue</t>
+  </si>
+  <si>
+    <t>O/s 118</t>
+  </si>
+  <si>
+    <t>O/s 124</t>
+  </si>
+  <si>
+    <t>O/s 130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O/s 70 </t>
+  </si>
+  <si>
+    <t>Planting 18/19</t>
+  </si>
+  <si>
+    <t>Bush Elms Road</t>
+  </si>
+  <si>
+    <t>Opp 51</t>
+  </si>
+  <si>
+    <t>candover road</t>
+  </si>
+  <si>
+    <t>Removed dead tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 25 </t>
+  </si>
+  <si>
+    <t>fleet close</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tree rem resident would lke Prunus Royal Bergundy </t>
+  </si>
+  <si>
+    <t>Cowdray Way</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tree removal </t>
+  </si>
+  <si>
+    <t>Benhurst Ave</t>
+  </si>
+  <si>
+    <t>Remove DDD tree resident requested replacement</t>
+  </si>
+  <si>
+    <t>Flank 95 Nelmes Crescent</t>
+  </si>
+  <si>
+    <t>Elmdene Avenue</t>
+  </si>
+  <si>
+    <t>O/S 29</t>
+  </si>
+  <si>
+    <t>Tree Missing</t>
+  </si>
+  <si>
+    <t>O/S 1B</t>
+  </si>
+  <si>
+    <t>Flank of 34 Herbert Road</t>
+  </si>
+  <si>
+    <t>St Georges Avenue</t>
+  </si>
+  <si>
+    <t>Opp Nelmes Court 6m from corner</t>
+  </si>
+  <si>
+    <t>O/S 5</t>
+  </si>
+  <si>
+    <t>Freeman Way</t>
+  </si>
+  <si>
+    <t>O/S 37 Barleycorn Way</t>
+  </si>
+  <si>
+    <t>O/S 24</t>
+  </si>
+  <si>
+    <t>Great Nelmes Chase</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Diseased (RP. Do not replace) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(Resident is requesting replacment tree)</t>
+    </r>
+  </si>
+  <si>
+    <t>O/S 32</t>
+  </si>
+  <si>
+    <t>Remove Fruit Fall Tree</t>
+  </si>
+  <si>
+    <t>Flank of 32 Hazelmere Gardens 18m junction</t>
+  </si>
+  <si>
+    <t>Hazel Rise</t>
+  </si>
+  <si>
+    <t>o/s 24/26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thurso Close </t>
+  </si>
+  <si>
+    <t>O/s 23/25</t>
+  </si>
+  <si>
+    <t>Nelwyn Avenue</t>
+  </si>
+  <si>
+    <t>old pit</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paving </t>
+  </si>
+  <si>
+    <t>The Ridgeway</t>
+  </si>
+  <si>
+    <t>oppsite Dental practice</t>
+  </si>
+  <si>
+    <t>Opp 213c (Mrs T's)</t>
+  </si>
+  <si>
+    <t>Rise Park Parade</t>
+  </si>
+  <si>
+    <t>Missing From October 17 WSP</t>
+  </si>
+  <si>
+    <t>Opp 39</t>
+  </si>
+  <si>
+    <t>Pettits Boulevard</t>
+  </si>
+  <si>
+    <t>Opp 31</t>
+  </si>
+  <si>
+    <t>O/S 12 right of driveway</t>
+  </si>
+  <si>
+    <t>opp 287</t>
+  </si>
+  <si>
+    <t>ECO to remove tree 25.9.17</t>
+  </si>
+  <si>
+    <t>18m from junction Heath Drive</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meadway </t>
+  </si>
+  <si>
+    <t>Tree removed resident request silver birch</t>
+  </si>
+  <si>
+    <t>Curtis Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>Tree removed resident request tree</t>
+  </si>
+  <si>
+    <t>o/s 116/118</t>
+  </si>
+  <si>
+    <t>Harwood Ave</t>
+  </si>
+  <si>
+    <t>Tree removed</t>
+  </si>
+  <si>
+    <t>Spey Way</t>
+  </si>
+  <si>
+    <t>Remove DDD Tree resident request chasing  maple</t>
+  </si>
+  <si>
+    <t>O.s 17</t>
+  </si>
+  <si>
+    <t>haynes Road</t>
+  </si>
+  <si>
+    <t>Reed Pond Walk</t>
+  </si>
+  <si>
+    <t>o/s 4 8m from corner with Clyde Way</t>
+  </si>
+  <si>
+    <t>Deveron Road</t>
+  </si>
+  <si>
+    <t>Dartfields</t>
+  </si>
+  <si>
+    <t>in decline</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O.s 86 </t>
+  </si>
+  <si>
+    <t>Harrow crescent</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Resident has requeted this location to be planted, these is a parkign bay in this location. </t>
+  </si>
+  <si>
+    <t>Harold Hill</t>
+  </si>
+  <si>
+    <t>Hildene Close</t>
+  </si>
+  <si>
+    <t>14,14,8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3Tree to be planted due to the removal of the tree outside the new lidl. </t>
+  </si>
+  <si>
+    <t>O/s 44 &amp;46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Resident has requested tree to be planted. </t>
+  </si>
+  <si>
+    <t>Wickford Drive</t>
+  </si>
+  <si>
+    <t>O.s 106</t>
+  </si>
+  <si>
+    <t>Waverley Crescent</t>
+  </si>
+  <si>
+    <t>ECO 16/03/2018 Tree hit during RTC</t>
+  </si>
+  <si>
+    <t>Gooshays Drive</t>
+  </si>
+  <si>
+    <t>Residents request at number 42</t>
+  </si>
+  <si>
+    <t>o/s 348</t>
+  </si>
+  <si>
+    <t>Straight Road</t>
+  </si>
+  <si>
+    <t>Remove DDD tree</t>
+  </si>
+  <si>
+    <t>o/s 321</t>
+  </si>
+  <si>
+    <t>o/s 333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">the Mount </t>
+  </si>
+  <si>
+    <t>Geoffrey avenue</t>
+  </si>
+  <si>
+    <t>TG removed tree, stakes still in place for new tree. Resident chasing</t>
+  </si>
+  <si>
+    <t>o/s 13/15</t>
+  </si>
+  <si>
+    <t>dead tree replace resident requested</t>
+  </si>
+  <si>
+    <t>Opp 11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brian Close </t>
+  </si>
+  <si>
+    <t>Resident wants tree replaced</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opp 4 </t>
+  </si>
+  <si>
+    <t>O/S 58</t>
+  </si>
+  <si>
+    <t>Remove fruit fall tree</t>
+  </si>
+  <si>
+    <t>O.s 10</t>
+  </si>
+  <si>
+    <t>Resident request - ENQ-IP-349698</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O/s 11 </t>
+  </si>
+  <si>
+    <t>Resident has requested replacment tree. (missed from previous year)</t>
+  </si>
+  <si>
+    <t>Removed Fruit fall tree</t>
+  </si>
+  <si>
+    <t>O/s 372/374</t>
+  </si>
+  <si>
+    <t>Chepstow Avenue</t>
+  </si>
+  <si>
+    <t>resident request</t>
+  </si>
+  <si>
+    <t>O/s 12/14</t>
+  </si>
+  <si>
+    <t>Residents request (ENQ-IP-339549)</t>
+  </si>
+  <si>
+    <t>Resident chasing</t>
+  </si>
+  <si>
+    <t>Link Way</t>
+  </si>
+  <si>
+    <t>tree removed</t>
+  </si>
+  <si>
+    <t>O/s 364</t>
+  </si>
+  <si>
+    <t>Chepstow avenue</t>
+  </si>
+  <si>
+    <t>o/s 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Craigdale rd </t>
+  </si>
+  <si>
+    <t>O.s 87/85</t>
+  </si>
+  <si>
+    <t>Alma avenue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Resident request a replacment tree (being chased by Cllr Morgan!) </t>
+  </si>
+  <si>
+    <t>o/s 9/11</t>
+  </si>
+  <si>
+    <t>Stanley Rd</t>
+  </si>
+  <si>
+    <t>O.s 31</t>
+  </si>
+  <si>
+    <t>Crystal Avenue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tree missed on 17/18 list as stump was left - Tree must be planted as we have had complaints regarding this tree. </t>
+  </si>
+  <si>
+    <t>Glamis Drive</t>
+  </si>
+  <si>
+    <t>remove DDD Tree</t>
+  </si>
+  <si>
+    <t>o/s 140</t>
+  </si>
+  <si>
+    <t>Hillcrest Road</t>
+  </si>
+  <si>
+    <t>111/113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harwood ave </t>
+  </si>
+  <si>
+    <t xml:space="preserve">resident request a replacment tree pink perfection </t>
+  </si>
+  <si>
+    <t>Cromer Road (Hornchurch)</t>
+  </si>
+  <si>
+    <t>Oak glen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">pink perfection </t>
+  </si>
+  <si>
+    <t>Councillor request</t>
+  </si>
+  <si>
+    <t>resident request Pink perfection</t>
+  </si>
+  <si>
+    <t>Link way</t>
+  </si>
+  <si>
+    <t>resident would like Silver birch</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O/s 10 </t>
+  </si>
+  <si>
+    <t>Cllr Morgan request</t>
+  </si>
+  <si>
+    <t>o/s 247</t>
+  </si>
+  <si>
+    <t>Goodwood Avenue (Hornchurch)</t>
+  </si>
+  <si>
+    <t>o/s 149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alma Avenue </t>
+  </si>
+  <si>
+    <t>flank of in hacton drive</t>
+  </si>
+  <si>
+    <t>103 Suttons Lane</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Resident requested for tree outside 44 Suttons lane via Cllr Morgan. We replied stating tha the location is not appropriate due to close proximity of zebra crossing, however we would look for a location is close proximity. </t>
+  </si>
+  <si>
+    <t>o/s 3-5</t>
+  </si>
+  <si>
+    <t>Mill Park Ave</t>
+  </si>
+  <si>
+    <t>Flank of 9, opp 10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thorncroft </t>
+  </si>
+  <si>
+    <t>10=9</t>
+  </si>
+  <si>
+    <t>2 trees DDD Tree Removed</t>
+  </si>
+  <si>
+    <t>o/s2 2m from property frontage</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scotts Close </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 tree removed </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 8 </t>
+  </si>
+  <si>
+    <t>resident chasing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O.s 20 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ravenscourt Drive </t>
+  </si>
+  <si>
+    <t>Residents request (must not be planted outside 22)</t>
+  </si>
+  <si>
+    <t>o/s12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ravenscourt Grove </t>
+  </si>
+  <si>
+    <t>Tay Way</t>
+  </si>
+  <si>
+    <t>ECO 30/10/17 - Hit by SERCO lorry</t>
+  </si>
+  <si>
+    <t>Mount Pleasant Rd</t>
+  </si>
+  <si>
+    <t>DDD</t>
+  </si>
+  <si>
+    <t>Merlin Road</t>
+  </si>
+  <si>
+    <t>flank 49</t>
+  </si>
+  <si>
+    <t>Heath Drive,second tree in Rowan</t>
+  </si>
+  <si>
+    <t>o/s 85</t>
+  </si>
+  <si>
+    <t>Havering road</t>
+  </si>
+  <si>
+    <t>Tree removal</t>
+  </si>
+  <si>
+    <t>O/s 86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Garry Way </t>
+  </si>
+  <si>
+    <t xml:space="preserve">tree removed - Resident chasing re placement ( please ensure we replace) </t>
+  </si>
+  <si>
+    <t>amberley way</t>
+  </si>
+  <si>
+    <t>request from resident</t>
+  </si>
+  <si>
+    <t>Flank of 1, 18m from Juc</t>
+  </si>
+  <si>
+    <t>Barton Avenue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Remove DDD Tree </t>
+  </si>
+  <si>
+    <t>Helmsdale road</t>
+  </si>
+  <si>
+    <t>removed due to movement at base (resident chasing replacment)</t>
+  </si>
+  <si>
+    <t>to the right of no 2</t>
+  </si>
+  <si>
+    <t>Rom Crescent</t>
+  </si>
+  <si>
+    <t>resident requests</t>
+  </si>
+  <si>
+    <t>o/s 1-6 Regemts CTR</t>
+  </si>
+  <si>
+    <t>Main Road (Romford)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">rosslyn ave </t>
+  </si>
+  <si>
+    <t>Stump removed</t>
+  </si>
+  <si>
+    <t>Woodfield Drive</t>
+  </si>
+  <si>
+    <t>DDD Tree Removed, once new tree they would for the new to to be planted 2/3 foot to the right.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">on large green opp 41 opp 2 </t>
+  </si>
+  <si>
+    <t>Penzance Rd</t>
+  </si>
+  <si>
+    <t>Palm Rd</t>
+  </si>
+  <si>
+    <t>Remove DDD tree (must plant, subscrition tree removed)(please plant sorbus)</t>
+  </si>
+  <si>
+    <t>O/S 56/54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wallenger Avenue </t>
+  </si>
+  <si>
+    <t>O/s 112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">High risk removal - Cllr Persuad requested a air quality tree. Silver birch </t>
+  </si>
+  <si>
+    <t>o/s17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Farnes Drive </t>
+  </si>
+  <si>
+    <t>O/s 67</t>
+  </si>
+  <si>
+    <t>Briscoe Road</t>
+  </si>
+  <si>
+    <t>Remove 1 Dead Tree</t>
+  </si>
+  <si>
+    <t>King Edward Ave</t>
+  </si>
+  <si>
+    <t>Orchard ave</t>
+  </si>
+  <si>
+    <t>Missing</t>
+  </si>
+  <si>
+    <t>Upminster rd South</t>
+  </si>
+  <si>
+    <t>Briscoe Rd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">verge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">opp 4 Gisbourne Gdns </t>
+  </si>
+  <si>
+    <t>Queenstown Garden</t>
+  </si>
+  <si>
+    <t>opp 2 Gisbourne Gdns</t>
+  </si>
+  <si>
+    <t>on green opp 4</t>
+  </si>
+  <si>
+    <t>Gisborne Gdns</t>
+  </si>
+  <si>
+    <t>on green opp 2</t>
+  </si>
+  <si>
+    <t>o/s 132a</t>
+  </si>
+  <si>
+    <t>Lake Ave</t>
+  </si>
+  <si>
+    <t>Resident request</t>
+  </si>
+  <si>
+    <t>Fairview Ave Rainham</t>
+  </si>
+  <si>
+    <t>0/s36</t>
+  </si>
+  <si>
+    <t>Frederick Rd</t>
+  </si>
+  <si>
+    <t>Flank 2 wood lane</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rainham road </t>
+  </si>
+  <si>
+    <t>11=14</t>
+  </si>
+  <si>
+    <t>Verge (2 trees)</t>
+  </si>
+  <si>
+    <t>ECO 25/09/2018</t>
+  </si>
+  <si>
+    <t>Fairview Avenue</t>
+  </si>
+  <si>
+    <t>Grind out Stump</t>
+  </si>
+  <si>
+    <t>O/s 10</t>
+  </si>
+  <si>
+    <t>Dorkins Way</t>
+  </si>
+  <si>
+    <t>DDD Tree Removal</t>
+  </si>
+  <si>
+    <t>Aldborough Rd</t>
+  </si>
+  <si>
+    <t>Councillor Morgan request. Requested weeping silver birch</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 22/24 </t>
+  </si>
+  <si>
+    <t>Replacement Tree</t>
+  </si>
+  <si>
+    <t>fungal bracket at base (Prunus)</t>
+  </si>
+  <si>
+    <t>Chipperfield Close</t>
+  </si>
+  <si>
+    <t>O/s 79</t>
+  </si>
+  <si>
+    <t>ECO 16/11/2017 - Remove DDD Tree</t>
+  </si>
+  <si>
+    <t>o/s 175</t>
+  </si>
+  <si>
+    <t>o/s  67</t>
+  </si>
+  <si>
+    <t>Clayton Ave</t>
+  </si>
+  <si>
+    <t>o/s 12 by garage</t>
+  </si>
+  <si>
+    <t>Brookdale Close</t>
+  </si>
+  <si>
+    <t>opp 19</t>
+  </si>
+  <si>
+    <t>o/2</t>
+  </si>
+  <si>
+    <t>Tabrums Way</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flank of 20 </t>
+  </si>
+  <si>
+    <t>Ashby close</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Remove ddd tree </t>
+  </si>
+  <si>
+    <t>O/s 54</t>
+  </si>
+  <si>
+    <t>Derham Gardens</t>
+  </si>
+  <si>
+    <t>ECO 04/12/2017 - Remove fallen tree resident requesting phone call 07758263217</t>
+  </si>
+  <si>
+    <t>Flank 7 Lichfield Terrace</t>
+  </si>
+  <si>
+    <t>Chester avenue</t>
+  </si>
+  <si>
+    <t>ECO 21/11/2017 Fallen Tree</t>
+  </si>
+  <si>
+    <t>o/s 121/123</t>
+  </si>
+  <si>
+    <t>Corbets Tey</t>
+  </si>
+  <si>
+    <t>o/s 119</t>
+  </si>
+  <si>
+    <t>o/s 18-21</t>
+  </si>
+  <si>
+    <t>Kennet Close</t>
+  </si>
+  <si>
+    <t xml:space="preserve">resident requesting </t>
+  </si>
+  <si>
+    <t>O/s 170</t>
+  </si>
+  <si>
+    <t>ECO 18.01.2018 - Remove DDD Tree resident chasing planting</t>
+  </si>
+  <si>
+    <t>Boundary rd Upm</t>
+  </si>
+  <si>
+    <t>The Fairway (Upm)</t>
+  </si>
+  <si>
+    <t>Bridge Ave</t>
+  </si>
+  <si>
+    <t>Grind out stump</t>
+  </si>
+  <si>
+    <t>ingrebourne gardens</t>
+  </si>
+  <si>
+    <t>o/s 76/78</t>
+  </si>
+  <si>
+    <t>Hollden Way</t>
+  </si>
+  <si>
+    <t>Tern Gardens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O/s 1 </t>
+  </si>
+  <si>
+    <t>Cllr Hawthorn request ENQ-0637832</t>
+  </si>
+  <si>
+    <t>o/s 1/3</t>
+  </si>
+  <si>
+    <t>Remove ddd tree</t>
+  </si>
+  <si>
+    <t>Fallen tree</t>
+  </si>
+  <si>
+    <t>O/s 3/5</t>
+  </si>
+  <si>
+    <t>Hall Park Road</t>
+  </si>
+  <si>
+    <t>Remove Dead tree silver birch</t>
+  </si>
+  <si>
+    <t>o/s 156</t>
+  </si>
+  <si>
+    <t>Upminster Road (Hornchurch)</t>
+  </si>
+  <si>
+    <t>O/S 160</t>
+  </si>
+  <si>
+    <t>Falnk of 23 Brackendale Gardens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coniston Avenue </t>
+  </si>
+  <si>
+    <t>o/s21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 32 </t>
+  </si>
+  <si>
+    <t>PLANT</t>
+  </si>
+  <si>
+    <t>O/S 12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stewart Avenue </t>
+  </si>
+  <si>
+    <t>Betula pendula</t>
+  </si>
+  <si>
+    <t>Date raised</t>
+  </si>
+  <si>
+    <t>Address 1</t>
+  </si>
+  <si>
+    <t>Address 2</t>
+  </si>
+  <si>
+    <t>Instruction</t>
+  </si>
+  <si>
+    <t>Target date</t>
+  </si>
+  <si>
+    <t xml:space="preserve">opp traffic island, Gosport Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Airfield Way </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-17/3/20 Fell damaged tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 20 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oxford Avenue </t>
+  </si>
+  <si>
+    <t>ECO-10/3/20 Fell dead tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wennington Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-6/5/20 Clear fallen tree </t>
+  </si>
+  <si>
+    <t>opp 35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cavenham Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">eco-10/5/20 clear fallen tree </t>
+  </si>
+  <si>
+    <t>o/s 45 r/s</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-11/5/20 Remove fallen tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prestwood Drive </t>
+  </si>
+  <si>
+    <t>ECO-12/5/20 Remove fallen tree</t>
+  </si>
+  <si>
+    <t>ECO-21/5/20 Remove fallen tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mansfield Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-8/4/20 Remove dead tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">5m in from bend Pretoria Road </t>
+  </si>
+  <si>
+    <t>Palm Road</t>
+  </si>
+  <si>
+    <t>o/s 130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clockhouse Lane </t>
+  </si>
+  <si>
+    <t>opp 16 8m from kerb</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Midhurst Close </t>
+  </si>
+  <si>
+    <t>ECO-29/5/20 Clear fallen tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cherry Tree Lane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cut to ground level and poison </t>
+  </si>
+  <si>
+    <t>opp Flank of 1 Pembrey Way</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shelley Avenue </t>
+  </si>
+  <si>
+    <t>Gillam Way</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Devonshire Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dorset Avenue </t>
+  </si>
+  <si>
+    <t>o/s 81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Curtis Road </t>
+  </si>
+  <si>
+    <t>o/s 50/52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s Church 19m from corner with Harold Court Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chequers Road </t>
+  </si>
+  <si>
+    <t>ECO 18/6/20 Remove fallen tree and limb</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halidon Rise </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elgin Avenue </t>
+  </si>
+  <si>
+    <t>various</t>
+  </si>
+  <si>
+    <t>Greenway</t>
+  </si>
+  <si>
+    <t xml:space="preserve">X 3 Remove ddd tree </t>
+  </si>
+  <si>
+    <t>opp 145</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kenilworth Gardens </t>
+  </si>
+  <si>
+    <t>Sylvan Avenue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fairfield Close </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beaumont Close </t>
+  </si>
+  <si>
+    <t>r/o 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cranston Park Avenue </t>
+  </si>
+  <si>
+    <t>Self sown, remove and poison</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chelsworth Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s Triumph Garage </t>
+  </si>
+  <si>
+    <t xml:space="preserve">London Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elm Grove </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northumberland Avenue </t>
+  </si>
+  <si>
+    <t>opp 108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kings Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amery Gardens </t>
+  </si>
+  <si>
+    <t>o/s 81/83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eyhurst Avenue </t>
+  </si>
+  <si>
+    <t>o/s 79/81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Woodfield Drive </t>
+  </si>
+  <si>
+    <t>o/s 57/59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parkside Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s Devon house </t>
+  </si>
+  <si>
+    <t xml:space="preserve">White Hart Lane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 89 Clement Way </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hacton Lane </t>
+  </si>
+  <si>
+    <t>opp 289</t>
+  </si>
+  <si>
+    <t>Rainham Road</t>
+  </si>
+  <si>
+    <t>CVI-8/7/20 Fell tree</t>
+  </si>
+  <si>
+    <t>o/s 304 and 315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elm park Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">X2 Tree removals </t>
+  </si>
+  <si>
+    <t>opp 20</t>
+  </si>
+  <si>
+    <t>Keith Way</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harwood Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Freshfields Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dudley Road </t>
+  </si>
+  <si>
+    <t>Rosslyn Avenue</t>
+  </si>
+  <si>
+    <t>o/s 89</t>
+  </si>
+  <si>
+    <t>o/s 31a</t>
+  </si>
+  <si>
+    <t>Brook Road</t>
+  </si>
+  <si>
+    <t>o/s 57-59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sheffield Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geoffrey Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">various </t>
+  </si>
+  <si>
+    <t>Kenway</t>
+  </si>
+  <si>
+    <t>x4 Remove ddd tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rutland Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eastbury Road </t>
+  </si>
+  <si>
+    <t>o/s 151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lancaster Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flank of 127 Upminster Road </t>
+  </si>
+  <si>
+    <t>O/S 20</t>
+  </si>
+  <si>
+    <t>Wheatsheath Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO 22/7/20 Fell and grind </t>
+  </si>
+  <si>
+    <t>o/s 26/28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Crystal Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hampshire Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shirley Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Westland Avenue </t>
+  </si>
+  <si>
+    <t>o/s 104, 106</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flank of 98 Eastern Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Junction Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kent Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Hall Drive </t>
+  </si>
+  <si>
+    <t>r/o 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Roseberry Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-Remove fallen tree and hedge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orchard Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deere Avenue </t>
+  </si>
+  <si>
+    <t>o/s 132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fairfield Avenue </t>
+  </si>
+  <si>
+    <t>X2 Remove ddd trees</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frimley Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sycamore Avenue </t>
+  </si>
+  <si>
+    <t>opp 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haysoms Close </t>
+  </si>
+  <si>
+    <t>Remove conifer to ground level</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fairholme Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">opp 8 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Granger Way </t>
+  </si>
+  <si>
+    <t>Remove dead hawthorn</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s Flank of 36 Fitzillian Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ronald Road </t>
+  </si>
+  <si>
+    <t>Flank of 297 Hornchurch Road</t>
+  </si>
+  <si>
+    <t>Roneo Link</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Huntsmans Drive </t>
+  </si>
+  <si>
+    <t>o/s 39/41</t>
+  </si>
+  <si>
+    <t>opp 198</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Crow Lane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-6/10/20 Fell and grind </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opp River Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hall Lane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-6/10/20 Fell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-3/10/20 Fell leaning tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oakley Drive </t>
+  </si>
+  <si>
+    <t>ECO-2/10/20 Various fells</t>
+  </si>
+  <si>
+    <t>o/s 40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O/S 3 </t>
+  </si>
+  <si>
+    <t>Kensington Road</t>
+  </si>
+  <si>
+    <t>o/s 52</t>
+  </si>
+  <si>
+    <t>o/s 36/38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tawny Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lawrence Road </t>
+  </si>
+  <si>
+    <t>opp 9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mygrove Road </t>
+  </si>
+  <si>
+    <t>Tarnworth Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erroll Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Derham Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO 2/11/20 Remove dead tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s flank of 36 Fitzillian avenue </t>
+  </si>
+  <si>
+    <t>Tyle Green</t>
+  </si>
+  <si>
+    <t>ECO-16/10/20 Fallen tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">junc of Kynance Close </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Noak Hill Road </t>
+  </si>
+  <si>
+    <t>ECO-15/11/20 Fallen tree</t>
+  </si>
+  <si>
+    <t>Farview Avenue</t>
+  </si>
+  <si>
+    <t>o/s 7/9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Humber Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mersey Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hilary Close </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Remove dead sapling on grass verge </t>
+  </si>
+  <si>
+    <t>o/s 55 and 58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Havering Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">X2 tree removals </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Straight Road </t>
+  </si>
+  <si>
+    <t>ECO-10/11/20 Remove 2 fallen trees</t>
+  </si>
+  <si>
+    <t>Priests Avenue</t>
+  </si>
+  <si>
+    <t>ECO-10/11/20 Remove tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">by green opp bus stop </t>
+  </si>
+  <si>
+    <t>flank of 16b</t>
+  </si>
+  <si>
+    <t>Como Street</t>
+  </si>
+  <si>
+    <t>Remove and poison self sown tree</t>
+  </si>
+  <si>
+    <t>on corner o/s 42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amersham Road </t>
+  </si>
+  <si>
+    <t>o/s 62/64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cambourne Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amersham Close </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alan Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashmour Gardens </t>
+  </si>
+  <si>
+    <t>o/s 36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Farfield avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Balgores Lane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flank of 149 pettits lane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marshalls Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arundel Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookside </t>
+  </si>
+  <si>
+    <t>X5 Tree removals</t>
+  </si>
+  <si>
+    <t xml:space="preserve">X6 Tree removals </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harlesden Walk </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nelwyn Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beauly Way </t>
+  </si>
+  <si>
+    <t xml:space="preserve">X3 Tree removals </t>
+  </si>
+  <si>
+    <t>Links Avenue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hockley Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stewart Aveue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parkland Avenue </t>
+  </si>
+  <si>
+    <t>o/s 238</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Main Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frederick Road </t>
+  </si>
+  <si>
+    <t>opp 86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trafalgar Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edmund Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 22 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lakeside </t>
+  </si>
+  <si>
+    <t>Waterloo Road Estate</t>
+  </si>
+  <si>
+    <t>Remove all exisitng trees</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 39/41 International suermarket </t>
+  </si>
+  <si>
+    <t>High Street</t>
+  </si>
+  <si>
+    <t>ECO-8/12/20 Remove and grind</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Road side </t>
+  </si>
+  <si>
+    <t>Harold wood park</t>
+  </si>
+  <si>
+    <t>ECO-25/11/20 Remove fallen maple</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bowden Drive </t>
+  </si>
+  <si>
+    <t>ECO- Remove tree</t>
+  </si>
+  <si>
+    <t>Colne Valley</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-Remove and grind </t>
+  </si>
+  <si>
+    <t xml:space="preserve">St Marys Lane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO- Remove and grind </t>
+  </si>
+  <si>
+    <t>David Drive</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Glamis Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ilfracombe Crescent </t>
+  </si>
+  <si>
+    <t>Bates Ind estate</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Church Road </t>
+  </si>
+  <si>
+    <t>ECO 14/1/21 Fell willow</t>
+  </si>
+  <si>
+    <t>Peerage Way</t>
+  </si>
+  <si>
+    <t>ECO- 18/1/21 Remove fallen tree</t>
+  </si>
+  <si>
+    <t>Fell leaning tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Retford Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flank of 31 Humber Drive 19m form corner </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trent Avenue </t>
+  </si>
+  <si>
+    <t>Lake Rise</t>
+  </si>
+  <si>
+    <t>O/S 28/30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allandale Road </t>
+  </si>
+  <si>
+    <t>Manor Road</t>
+  </si>
+  <si>
+    <t>O/S 36/38</t>
+  </si>
+  <si>
+    <t>Milton Road</t>
+  </si>
+  <si>
+    <t>Various</t>
+  </si>
+  <si>
+    <t>Malvern Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">X3 Remove ddd tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flank of 24 Brackendale Gardens </t>
+  </si>
+  <si>
+    <t>junc of Gobions Avenue closest to pub</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Havering Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Seaforh Close </t>
+  </si>
+  <si>
+    <t>Tyne Close</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pike Lane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-Remove fallen tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Balgores lane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Broxhill Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Glenwood Drive </t>
+  </si>
+  <si>
+    <t>o/s 157</t>
+  </si>
+  <si>
+    <t>Havering Road Junc</t>
+  </si>
+  <si>
+    <t>Mashitters Hill</t>
+  </si>
+  <si>
+    <t>Clear fallen tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bower farm road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO Remove fallen tree from power line </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Victoria Avenue </t>
+  </si>
+  <si>
+    <t>O/S 25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Strathmore Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Springbank Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hailsham Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunmow Drive </t>
+  </si>
+  <si>
+    <t>between 7/9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hill Grove </t>
+  </si>
+  <si>
+    <t>Kent Drive</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Crossways </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-Fell and grind </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bader Way </t>
+  </si>
+  <si>
+    <t>ECO- FELL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brackendale Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brackendale Gardens  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO Fell and grind </t>
+  </si>
+  <si>
+    <t xml:space="preserve">End of st marys lane </t>
+  </si>
+  <si>
+    <t>St marys lane</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rushmere Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO Fell tree </t>
+  </si>
+  <si>
+    <t>Car park</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coronation Gardens </t>
+  </si>
+  <si>
+    <t>ECO Fell tree to ground level</t>
+  </si>
+  <si>
+    <t>57/59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Central Drive </t>
+  </si>
+  <si>
+    <t>ECO-Fallen tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ingreway </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO Cut and clear fallen tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daventry Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-Fell tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Purbeck Road </t>
+  </si>
+  <si>
+    <t>o/s 45/47</t>
+  </si>
+  <si>
+    <t>Heather Gardens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-Fell tree and stump </t>
+  </si>
+  <si>
+    <t>Waycross Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Junc of gooshays </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dulverton Road </t>
+  </si>
+  <si>
+    <t>Miller Close</t>
+  </si>
+  <si>
+    <t>Collier row rec</t>
+  </si>
+  <si>
+    <t>o/s Costa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Station Road </t>
+  </si>
+  <si>
+    <t>o/s 145</t>
+  </si>
+  <si>
+    <t>ECO Fell and grind</t>
+  </si>
+  <si>
+    <t>o/s 91</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Globe Road </t>
+  </si>
+  <si>
+    <t>ECO- Fell and grind</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grangewood Avenue </t>
+  </si>
+  <si>
+    <t>ECO-Clear fallen tree</t>
+  </si>
+  <si>
+    <t>Thorogood Way</t>
+  </si>
+  <si>
+    <t>ECO-Clear fallen tree and grind stump</t>
+  </si>
+  <si>
+    <t xml:space="preserve">South View Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-Fallen tree </t>
+  </si>
+  <si>
+    <t>o/s 250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mawney Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO Remove fallen tree </t>
+  </si>
+  <si>
+    <t>garages opp</t>
+  </si>
+  <si>
+    <t>Defoe way</t>
+  </si>
+  <si>
+    <t>CVI-Remove saplings</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brightside </t>
+  </si>
+  <si>
+    <t>Brightside</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-Tree removal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simpson Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Winifred Avenue </t>
+  </si>
+  <si>
+    <t>opp 23/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cedar Avenue </t>
+  </si>
+  <si>
+    <t>o/s 18 side closest to 16</t>
+  </si>
+  <si>
+    <t>Upland Court Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lawford Close </t>
+  </si>
+  <si>
+    <t>remove tree in shrub bed and poison stump</t>
+  </si>
+  <si>
+    <t>O/S 62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Front Lane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoppy hall car park </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corbets Tey Road </t>
+  </si>
+  <si>
+    <t>Remove tree at end of car park</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shrub bed </t>
+  </si>
+  <si>
+    <t>Remove tree and poison stump</t>
+  </si>
+  <si>
+    <t>o/s 27/29</t>
+  </si>
+  <si>
+    <t>o/s 14/16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Berkshire Way </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kettering Road </t>
+  </si>
+  <si>
+    <t>o/s 127</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 23 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlton Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">opp 44 Shirley Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 124 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 30 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dorrington Gardens </t>
+  </si>
+  <si>
+    <t>ECO-Remove fallen limb/tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wickford Drive </t>
+  </si>
+  <si>
+    <t>ECO- Remove 2 fallen limbs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stockland Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-Clear fallen tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aardleigh Green Close </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fell leaning tree </t>
+  </si>
+  <si>
+    <t>ECO-fell tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tadlows Close </t>
+  </si>
+  <si>
+    <t>Flank of 31 Cranham Gardens/ o/s 31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Seaforth Close </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sheila Road </t>
+  </si>
+  <si>
+    <t>Kendal Croft</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVI-Fell and remove </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cranham Road </t>
+  </si>
+  <si>
+    <t>Flank of 68, o/s 12, o/s 121</t>
+  </si>
+  <si>
+    <t>opp 23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beulah Road </t>
+  </si>
+  <si>
+    <t>o/s 270, o/s 279</t>
+  </si>
+  <si>
+    <t>o/s 205, 207</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hainault Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s AHH Parmacy 42m from Tonbridge Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Faringdon Avenue </t>
+  </si>
+  <si>
+    <t>opp 5&amp;2</t>
+  </si>
+  <si>
+    <t>Fairford Way</t>
+  </si>
+  <si>
+    <t>Candover Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hillcrest Road </t>
+  </si>
+  <si>
+    <t>o/s 20,22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elmhurst Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rainham Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">X5 Tree removals </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adelphi Crescent </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 52 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fair Oak Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fell and grind </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVI-Fell and grind </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thrustons Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVI-Fell malus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oak Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fallen tree an grind stump </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harold Wood Park </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVI Fell tree </t>
+  </si>
+  <si>
+    <t>rear of 28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wayside Avenue </t>
+  </si>
+  <si>
+    <t>cvi- Fell self sown acer, cut back oak</t>
+  </si>
+  <si>
+    <t>o/s 25,27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Redcar Road </t>
+  </si>
+  <si>
+    <t>Primrose Glen</t>
+  </si>
+  <si>
+    <t>o/s 1,3</t>
+  </si>
+  <si>
+    <t>o/s 116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lake Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kingfisher Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Illfracombe Crescent </t>
+  </si>
+  <si>
+    <t>o/s 123/125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hillview Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warden Avenue </t>
+  </si>
+  <si>
+    <t>o/s 16/18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hazelmere Gardens </t>
+  </si>
+  <si>
+    <t>o/s 17,19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stanley Road North </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grosvenor Gardens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ford Lane </t>
+  </si>
+  <si>
+    <t>o/s 47/49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Primrose Glen </t>
+  </si>
+  <si>
+    <t>o/s 46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hornminster Glen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maclennan Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Remove tree and root prune </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lake Rise </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chippenham Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wingletye Lane </t>
+  </si>
+  <si>
+    <t>Gidea Park sports ground</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVI-Clear fallen tree </t>
+  </si>
+  <si>
+    <t>CVI-Fallen tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dennises Lane </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVI-Fallen tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lower Bedfords Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Near Cemetry </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ockendon Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVI-Clear multiple trees in road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chatteris Avenue </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVI-Clear tree </t>
+  </si>
+  <si>
+    <t>o/s 21/23</t>
+  </si>
+  <si>
+    <t>Gordon Avenue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lingfield Avenue </t>
+  </si>
+  <si>
+    <t>Junc rom valley way</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oldchrch Road </t>
+  </si>
+  <si>
+    <t>Remove trees to assist with car</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CL/Carriagway 4m, remove take and tie </t>
+  </si>
+  <si>
+    <t>opp Swan upholstery</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thurloe Gardens </t>
+  </si>
+  <si>
+    <t>fell split tree</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Farm Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tree felled </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leigh Drive </t>
+  </si>
+  <si>
+    <t>Fell tree</t>
+  </si>
+  <si>
+    <t>side of 246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corbets tey Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fell tree </t>
+  </si>
+  <si>
+    <t>o/s 74</t>
+  </si>
+  <si>
+    <t>Remove ddd tree -ground level</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Chase </t>
+  </si>
+  <si>
+    <t>End of church lane</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romford Town Hall </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-Fell to ground level </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fleet Close </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECO-Remove tree </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Surrey Drive </t>
+  </si>
+  <si>
+    <t xml:space="preserve">junc with ockenden lane </t>
+  </si>
+  <si>
+    <t>Clay tye road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">near old macdonalds road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gilbert Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wolseley Road  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVI-Remove tree from river </t>
+  </si>
+  <si>
+    <t>Simpson Road, RM13 7JU</t>
+  </si>
+  <si>
+    <t>Fell and grind</t>
+  </si>
+  <si>
+    <t>Westbury Terrace, RM14 3LU</t>
+  </si>
+  <si>
+    <t>Northwood Avenue, RM12 4PX</t>
+  </si>
+  <si>
+    <t>fell and grind</t>
+  </si>
+  <si>
+    <t>Westbury Terrace RM14 3LX</t>
+  </si>
+  <si>
+    <t>Remove and replant replacement.</t>
+  </si>
+  <si>
+    <t>Front Lane, railway bridge</t>
+  </si>
+  <si>
+    <t>Fell to ground level</t>
+  </si>
+  <si>
+    <t>Anson Close(Romford)</t>
+  </si>
+  <si>
+    <t>Fell and Grind,</t>
+  </si>
+  <si>
+    <t>TR000027765</t>
+  </si>
+  <si>
+    <t>Rowan</t>
+  </si>
+  <si>
+    <t>Sorbus Aria Lutescens</t>
+  </si>
+  <si>
+    <t>o/s 71/73</t>
+  </si>
+  <si>
+    <t>Birch Road(Romford)</t>
+  </si>
+  <si>
+    <t>Remove young tree and replace</t>
+  </si>
+  <si>
+    <t>TR000030967</t>
+  </si>
+  <si>
+    <t>Flowering Cherry</t>
+  </si>
+  <si>
+    <t>Prunus Serrula Tibetica</t>
+  </si>
+  <si>
+    <t>Birds Farm Avenue(Romford)</t>
+  </si>
+  <si>
+    <t>Fell and Grind</t>
+  </si>
+  <si>
+    <t>TR000000259</t>
+  </si>
+  <si>
+    <t>Prunus spp</t>
+  </si>
+  <si>
+    <t>Brockley Crescent(Romford)</t>
+  </si>
+  <si>
+    <t>TR000000286</t>
+  </si>
+  <si>
+    <t>Flowering Cherry (Cultivar)</t>
+  </si>
+  <si>
+    <t>Prunus (Kanzan)</t>
+  </si>
+  <si>
+    <t>Highfield Close(Romford)</t>
+  </si>
+  <si>
+    <t>TR000001723</t>
+  </si>
+  <si>
+    <t>Crab Apple</t>
+  </si>
+  <si>
+    <t>Malus spp</t>
+  </si>
+  <si>
+    <t>o/s 11/13</t>
+  </si>
+  <si>
+    <t>Larchwood Avenue(Romford)</t>
+  </si>
+  <si>
+    <t>TR000002018</t>
+  </si>
+  <si>
+    <t>Sycamore</t>
+  </si>
+  <si>
+    <t>Acer platanoides</t>
+  </si>
+  <si>
+    <t>O/s 102</t>
+  </si>
+  <si>
+    <t>The Drive (Collier Row)(Romford)</t>
+  </si>
+  <si>
+    <t>Fell and grind/ replace suitable sp</t>
+  </si>
+  <si>
+    <t>TR000030445</t>
+  </si>
+  <si>
+    <t>Swedish Whitebeam</t>
+  </si>
+  <si>
+    <t>Sorbus intermedia</t>
+  </si>
+  <si>
+    <t>O/s 100</t>
+  </si>
+  <si>
+    <t>TR000030446</t>
+  </si>
+  <si>
+    <t>opp 120 nr toilets seemap</t>
+  </si>
+  <si>
+    <t>Hilldene Avenue(Romford)</t>
+  </si>
+  <si>
+    <t>Fell and replace with better system</t>
+  </si>
+  <si>
+    <t>TR000006043</t>
+  </si>
+  <si>
+    <t>Silver Birch</t>
+  </si>
+  <si>
+    <t>opp 170 nr toilets see map</t>
+  </si>
+  <si>
+    <t>TR000006044</t>
+  </si>
+  <si>
+    <t>77. 9m East 30Lamp Column</t>
+  </si>
+  <si>
+    <t>Noak Hill Road(Romford)</t>
+  </si>
+  <si>
+    <t>Fell to Ground Level</t>
+  </si>
+  <si>
+    <t>TR000027925</t>
+  </si>
+  <si>
+    <t>English Oak</t>
+  </si>
+  <si>
+    <t>Quercus robur</t>
+  </si>
+  <si>
+    <t>100. 24m East Lamp Column 34</t>
+  </si>
+  <si>
+    <t>Sever at base and remove up to 3 meters.</t>
+  </si>
+  <si>
+    <t>TR000027957</t>
+  </si>
+  <si>
+    <t>101. 25m East Lamp Column 34</t>
+  </si>
+  <si>
+    <t>sever at base and remove ivy up to 4m.</t>
+  </si>
+  <si>
+    <t>TR000027958</t>
+  </si>
+  <si>
+    <t>59. 10m East Lamp Column 22</t>
+  </si>
+  <si>
+    <t>Fell to a height of 4 meters of stem electric cable</t>
+  </si>
+  <si>
+    <t>TR000027904</t>
+  </si>
+  <si>
+    <t>Common Ash</t>
+  </si>
+  <si>
+    <t>Fraxinus Ornus Obelisk</t>
+  </si>
+  <si>
+    <t>Priory Road(Romford)</t>
+  </si>
+  <si>
+    <t>TR000004465</t>
+  </si>
+  <si>
+    <t>Sheridan Close(Romford)</t>
+  </si>
+  <si>
+    <t>TR000024671</t>
+  </si>
+  <si>
+    <t>Hawthorn</t>
+  </si>
+  <si>
+    <t>Crataegus (Pauls Scarlet)</t>
+  </si>
+  <si>
+    <t>Flank of 50 by grass verge</t>
+  </si>
+  <si>
+    <t>St Neots Road(Romford)</t>
+  </si>
+  <si>
+    <t>Grind out stump Fell and grind. Tree removal to ground</t>
+  </si>
+  <si>
+    <t>TR000004554</t>
+  </si>
+  <si>
+    <t>Lime</t>
+  </si>
+  <si>
+    <t>Acer saccharinum</t>
+  </si>
+  <si>
+    <t>o/s 14, 16</t>
+  </si>
+  <si>
+    <t>Ennerdale Avenue(Hornchurch)</t>
+  </si>
+  <si>
+    <t>Fell and grind, replace</t>
+  </si>
+  <si>
+    <t>Flank of 29 Norman Road 6m junction</t>
+  </si>
+  <si>
+    <t>Globe Road(Hornchurch)</t>
+  </si>
+  <si>
+    <t>Tilia X europaea</t>
+  </si>
+  <si>
+    <t>o/s 109</t>
+  </si>
+  <si>
+    <t>Grenfell Avenue(Hornchurch)</t>
+  </si>
+  <si>
+    <t>TR000020422</t>
+  </si>
+  <si>
+    <t>Beech</t>
+  </si>
+  <si>
+    <t>o/s 95</t>
+  </si>
+  <si>
+    <t>TR000020428</t>
+  </si>
+  <si>
+    <t>Fell and replace and remove stakes</t>
+  </si>
+  <si>
+    <t>TR000028417</t>
+  </si>
+  <si>
+    <t>Laburnum Avenue(Hornchurch)</t>
+  </si>
+  <si>
+    <t>Fell and replace young tree. Remove stakes</t>
+  </si>
+  <si>
+    <t>TR000030287</t>
+  </si>
+  <si>
+    <t>o/s 185</t>
+  </si>
+  <si>
+    <t>Lyndhurst Drive(Hornchurch)</t>
+  </si>
+  <si>
+    <t>Fell and replace.</t>
+  </si>
+  <si>
+    <t>TR000021428</t>
+  </si>
+  <si>
+    <t>Osborne Road(Hornchurch)</t>
+  </si>
+  <si>
+    <t>Fell and grind / replace</t>
+  </si>
+  <si>
+    <t>TR000022052</t>
+  </si>
+  <si>
+    <t>Aesculus hippocastanum</t>
+  </si>
+  <si>
+    <t>o/s 85 nr boundary 83</t>
+  </si>
+  <si>
+    <t>Fell and Grind / replace</t>
+  </si>
+  <si>
+    <t>TR000022063</t>
+  </si>
+  <si>
+    <t>Prunus cerasifera (pissardii)</t>
+  </si>
+  <si>
+    <t>opp 124, 11m from road</t>
+  </si>
+  <si>
+    <t>South End Road(Hornchurch)</t>
+  </si>
+  <si>
+    <t>Fell and replace young tree</t>
+  </si>
+  <si>
+    <t>TR000030778</t>
+  </si>
+  <si>
+    <t>opp 402</t>
+  </si>
+  <si>
+    <t>TR000031511</t>
+  </si>
+  <si>
+    <t>Birch</t>
+  </si>
+  <si>
+    <t>TR000031534</t>
+  </si>
+  <si>
+    <t>o/s 398</t>
+  </si>
+  <si>
+    <t>TR000031540</t>
+  </si>
+  <si>
+    <t>Common Alder</t>
+  </si>
+  <si>
+    <t>o/s 129</t>
+  </si>
+  <si>
+    <t>Upper Rainham Road(Hornchurch)</t>
+  </si>
+  <si>
+    <t>Fell and grind, replace with different species.</t>
+  </si>
+  <si>
+    <t>TR000023223</t>
+  </si>
+  <si>
+    <t>Bowden Drive(Hornchurch)</t>
+  </si>
+  <si>
+    <t>TR000028132</t>
+  </si>
+  <si>
+    <t>Rowan (Mountain Ash)</t>
+  </si>
+  <si>
+    <t>acer campeste</t>
+  </si>
+  <si>
+    <t>opp 2 By Garages</t>
+  </si>
+  <si>
+    <t>Brendans Close(Hornchurch)</t>
+  </si>
+  <si>
+    <t>TR000008446</t>
+  </si>
+  <si>
+    <t>Calbourne Avenue(Hornchurch)</t>
+  </si>
+  <si>
+    <t>Fell and grind.</t>
+  </si>
+  <si>
+    <t>TR000015232</t>
+  </si>
+  <si>
+    <t>opp 1 Hacton Parade shops behind bus stop opp 69Clement Way</t>
+  </si>
+  <si>
+    <t>Hacton Lane(Hornchurch)</t>
+  </si>
+  <si>
+    <t>Fell to ground</t>
+  </si>
+  <si>
+    <t>TR000010432</t>
+  </si>
+  <si>
+    <t>Pinus sylvestris</t>
+  </si>
+  <si>
+    <t>On Green o/s 4</t>
+  </si>
+  <si>
+    <t>Fell to 2m in height</t>
+  </si>
+  <si>
+    <t>TR000010439</t>
+  </si>
+  <si>
+    <t>Crataegus monogyna</t>
+  </si>
+  <si>
+    <t>in shrubbery Flank of church hall, 26m north of junc Alma Avenue, 13m west from LC 34</t>
+  </si>
+  <si>
+    <t>TR000010531</t>
+  </si>
+  <si>
+    <t>Acer pseudoplatanus</t>
+  </si>
+  <si>
+    <t>Newmarket Way(Hornchurch)</t>
+  </si>
+  <si>
+    <t>Fell and grind replace with different species</t>
+  </si>
+  <si>
+    <t>TR000012469</t>
+  </si>
+  <si>
+    <t>o/s 53/55</t>
+  </si>
+  <si>
+    <t>TR000012471</t>
+  </si>
+  <si>
+    <t>Plumpton Avenue(Hornchurch)</t>
+  </si>
+  <si>
+    <t>TR000012800</t>
+  </si>
+  <si>
+    <t>TR000012801</t>
+  </si>
+  <si>
+    <t>Suttons Avenue(Hornchurch)</t>
+  </si>
+  <si>
+    <t>TR000018049</t>
+  </si>
+  <si>
+    <t>Wayside Avenue(Hornchurch)</t>
+  </si>
+  <si>
+    <t>TR000018589</t>
+  </si>
+  <si>
+    <t>o/s 7, 9</t>
+  </si>
+  <si>
+    <t>TR000018594</t>
+  </si>
+  <si>
+    <t>opp 30</t>
+  </si>
+  <si>
+    <t>Barnsley Road(Romford)</t>
+  </si>
+  <si>
+    <t>TR000027844</t>
+  </si>
+  <si>
+    <t>David Drive(Romford)</t>
+  </si>
+  <si>
+    <t>TR000006919</t>
+  </si>
+  <si>
+    <t>Crab Apple (Cultivar)</t>
+  </si>
+  <si>
+    <t>Malus X purpurea</t>
+  </si>
+  <si>
+    <t>Elgin Avenue(Romford)</t>
+  </si>
+  <si>
+    <t>TR000006947</t>
+  </si>
+  <si>
+    <t>Flank of 36 Herbert Road 15m from corner</t>
+  </si>
+  <si>
+    <t>Fairlawns Close(Hornchurch)</t>
+  </si>
+  <si>
+    <t>Fell and grind, replant.</t>
+  </si>
+  <si>
+    <t>TR000009700</t>
+  </si>
+  <si>
+    <t>Malus (John Downie)</t>
+  </si>
+  <si>
+    <t>O/s 2a/2b</t>
+  </si>
+  <si>
+    <t>Fanshawe Crescent(Hornchurch)</t>
+  </si>
+  <si>
+    <t>TR000028213</t>
+  </si>
+  <si>
+    <t>Flank of 11 Walden way 8m junction</t>
+  </si>
+  <si>
+    <t>TR000020191</t>
+  </si>
+  <si>
+    <t>Almond</t>
+  </si>
+  <si>
+    <t>Prunus dulcis</t>
+  </si>
+  <si>
+    <t>Geoffrey Avenue(Romford)</t>
+  </si>
+  <si>
+    <t>TR000006967</t>
+  </si>
+  <si>
+    <t>False Acacia</t>
+  </si>
+  <si>
+    <t>Robinia pseudoacacia</t>
+  </si>
+  <si>
+    <t>Hillview Avenue(Hornchurch)</t>
+  </si>
+  <si>
+    <t>TR000020821</t>
+  </si>
+  <si>
+    <t>Cherry Plum</t>
+  </si>
+  <si>
+    <t>Prunus cerasifera</t>
+  </si>
+  <si>
+    <t>o/s 137</t>
+  </si>
+  <si>
+    <t>TR000020795</t>
+  </si>
+  <si>
+    <t>Norway Maple</t>
+  </si>
+  <si>
+    <t>Ingreway(Romford)</t>
+  </si>
+  <si>
+    <t>TR000004875</t>
+  </si>
+  <si>
+    <t>Redden Court Road(Romford)</t>
+  </si>
+  <si>
+    <t>TR000028632</t>
+  </si>
+  <si>
+    <t>Common White Birch</t>
+  </si>
+  <si>
+    <t>TR000007190</t>
+  </si>
+  <si>
+    <t>TR000029364</t>
+  </si>
+  <si>
+    <t>o/s 58, 60</t>
+  </si>
+  <si>
+    <t>Rosslyn Avenue(Romford)</t>
+  </si>
+  <si>
+    <t>TR000007271</t>
+  </si>
+  <si>
+    <t>o/s 112, side closest to 114</t>
+  </si>
+  <si>
+    <t>Squirrels Heath Road(Romford)</t>
+  </si>
+  <si>
+    <t>TR000007380</t>
+  </si>
+  <si>
+    <t>TR000031082</t>
+  </si>
+  <si>
+    <t>o/s 19/21</t>
+  </si>
+  <si>
+    <t>St Georges Avenue(Hornchurch)</t>
+  </si>
+  <si>
+    <t>TR000013425</t>
+  </si>
+  <si>
+    <t>Purple Beech</t>
+  </si>
+  <si>
+    <t>Fagus sylvatica (purpurea)</t>
+  </si>
   <si>
     <t>address</t>
   </si>
   <si>
     <t>tree species</t>
   </si>
   <si>
     <t>reason for removal</t>
   </si>
   <si>
     <t>date of notice</t>
   </si>
   <si>
-    <t>50 Archibald Road Romford RM3</t>
-[...14 lines deleted...]
-    <t>3 Dee Way</t>
+    <t>OS 83 Cecil Avenue</t>
+  </si>
+  <si>
+    <t>OS 1C Sylvan Avenue</t>
+  </si>
+  <si>
+    <t>153 Lodge Ave RM2</t>
+  </si>
+  <si>
+    <t>30 Northumberland Ave</t>
+  </si>
+  <si>
+    <t>St Marys Lane - opp 19 Westbury Terrace</t>
+  </si>
+  <si>
+    <t>OS 34 Ayloffs Walk</t>
+  </si>
+  <si>
+    <t>o/s 44 Parkway RM2</t>
+  </si>
+  <si>
+    <t>O-S 36 Honiton Road RM7</t>
   </si>
   <si>
     <t>Cherry</t>
   </si>
   <si>
-    <t>6 Dee Way</t>
-[...8 lines deleted...]
-    <t>8 New Hall Drive</t>
+    <t>113 Northumberland Ave RM11</t>
+  </si>
+  <si>
+    <t>fell</t>
+  </si>
+  <si>
+    <t>10 Seaforth Close</t>
+  </si>
+  <si>
+    <t>fallen across drive</t>
+  </si>
+  <si>
+    <t>o/s 100 Woodfield Drive RM2</t>
+  </si>
+  <si>
+    <t>O/S 22 Elm Grove RM11</t>
+  </si>
+  <si>
+    <t>O/S 50 Farnes Drive RM2</t>
+  </si>
+  <si>
+    <t>16 Pemberton Ave</t>
+  </si>
+  <si>
+    <t>O-S 56 Jutsums Lane RM7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">71 Tarnworth Road </t>
+  </si>
+  <si>
+    <t>Ash</t>
+  </si>
+  <si>
+    <t>O/S 22 Park Drive</t>
+  </si>
+  <si>
+    <t>new tree</t>
+  </si>
+  <si>
+    <t>Outside 45 Balgores Lane RM5</t>
+  </si>
+  <si>
+    <t>london plane</t>
+  </si>
+  <si>
+    <t>Opposite The Driveway Hall Lane</t>
+  </si>
+  <si>
+    <t>2 x sycamore</t>
+  </si>
+  <si>
+    <t>Bedford Park</t>
+  </si>
+  <si>
+    <t>4 x Silver Birch trees to fell to ground level</t>
+  </si>
+  <si>
+    <t>64 Coniston Ave RM14</t>
+  </si>
+  <si>
+    <t>purple plum</t>
+  </si>
+  <si>
+    <t>69 Coniston Ave RM14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 27 and o/s 1A Geoffrey Avenue, </t>
+  </si>
+  <si>
+    <t>1C Chipperfield Close</t>
+  </si>
+  <si>
+    <t>90 Kingshill Road</t>
+  </si>
+  <si>
+    <t>Dead</t>
+  </si>
+  <si>
+    <t>o/s 542 Lineley Crescent</t>
+  </si>
+  <si>
+    <t>Rear of 21 Richmond Road</t>
+  </si>
+  <si>
+    <t>o/s 27 Helmsdale Road</t>
+  </si>
+  <si>
+    <t>Junction on Castellan Avenue 304 Main Road</t>
+  </si>
+  <si>
+    <t>o/s Crowlands School</t>
+  </si>
+  <si>
+    <t>o/s 58 Fontayne Avenue</t>
+  </si>
+  <si>
+    <t>30 Kirby Close</t>
+  </si>
+  <si>
+    <t>Weeping Willow</t>
+  </si>
+  <si>
+    <t>o/s 19 Mount Pleasant Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s Elm Grove </t>
+  </si>
+  <si>
+    <t>o/s 125 Wallenger Avenue</t>
+  </si>
+  <si>
+    <t>o/s 165 Main Road</t>
+  </si>
+  <si>
+    <t>Car hit it</t>
+  </si>
+  <si>
+    <t>o/s 28 Forest Road</t>
+  </si>
+  <si>
+    <t>o/s 28 Ashmour Gardens</t>
+  </si>
+  <si>
+    <t>Spring Farm Park</t>
+  </si>
+  <si>
+    <t>o/s 25 Hill Grove</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 45 Ayr Way </t>
+  </si>
+  <si>
+    <t xml:space="preserve">opp 2 Pinewood Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">o/s 7 Link Avenue </t>
+  </si>
+  <si>
+    <t>Fell/ Emergency</t>
+  </si>
+  <si>
+    <t>0/s 25 Dee Way</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diseased </t>
+  </si>
+  <si>
+    <t>o/s 20 Moray Close</t>
+  </si>
+  <si>
+    <t>o/s 296 Havering Road</t>
+  </si>
+  <si>
+    <t>Alder</t>
+  </si>
+  <si>
+    <t>Fell</t>
+  </si>
+  <si>
+    <t>Leamington Court</t>
+  </si>
+  <si>
+    <t>o/s 56 Victoria Avenue</t>
+  </si>
+  <si>
+    <t>o/s 10 Thursoe Close</t>
+  </si>
+  <si>
+    <t>o/s 46 Athelston Road</t>
+  </si>
+  <si>
+    <t>Surbus</t>
+  </si>
+  <si>
+    <t>o/s 105/108 Lake Rise</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fell </t>
+  </si>
+  <si>
+    <t>Between 64 Stratton Road and Stratton Walk</t>
+  </si>
+  <si>
+    <t>Fungal bracket</t>
+  </si>
+  <si>
+    <t>Havering grange Alloments</t>
+  </si>
+  <si>
+    <t>Karen Close</t>
+  </si>
+  <si>
+    <t>Emergency hit by lorry</t>
+  </si>
+  <si>
+    <t>4 Dudley Road</t>
+  </si>
+  <si>
+    <t>76 Northwood Avenue rm12</t>
+  </si>
+  <si>
+    <t>51 Blacksmith Lane, Rm13</t>
+  </si>
+  <si>
+    <t>OS 5 Falkirk Close</t>
+  </si>
+  <si>
+    <t>opposite 363 London Road</t>
+  </si>
+  <si>
+    <t>Elm</t>
+  </si>
+  <si>
+    <t>o/s 16 Western Avenue</t>
+  </si>
+  <si>
+    <t>Pear</t>
+  </si>
+  <si>
+    <t>122 Bruce Avenue</t>
+  </si>
+  <si>
+    <t>tree is dead</t>
+  </si>
+  <si>
+    <t>20 Westbury Terrace</t>
+  </si>
+  <si>
+    <t>Silver Maple</t>
+  </si>
+  <si>
+    <t>28 Warren Drive</t>
+  </si>
+  <si>
+    <t>Maple</t>
+  </si>
+  <si>
+    <t>76 Northwood Avenue</t>
+  </si>
+  <si>
+    <t>23 Avelon Road</t>
+  </si>
+  <si>
+    <t>51 Blacksmith Lane</t>
+  </si>
+  <si>
+    <t>2 Oliver Road</t>
+  </si>
+  <si>
+    <t>tree is dying</t>
+  </si>
+  <si>
+    <t>60 Avon Road</t>
+  </si>
+  <si>
+    <t>19 Gaines Park Road</t>
+  </si>
+  <si>
+    <t>80 Gaines Park Road</t>
+  </si>
+  <si>
+    <t>tree is diseased</t>
+  </si>
+  <si>
+    <t>118 Gaines Park Road</t>
   </si>
   <si>
     <t>Sorbus</t>
   </si>
   <si>
-    <t>3 New Hall Drive</t>
-[...17 lines deleted...]
-    <t>Chase Cross Road with TM</t>
+    <t>40 Great Nelmes Chase</t>
+  </si>
+  <si>
+    <t>7 Great Nelmes Chase</t>
+  </si>
+  <si>
+    <t>Opposite 41 Nelmes Crescent</t>
+  </si>
+  <si>
+    <t>46 Nelmes Way</t>
   </si>
   <si>
     <t>Horse Chestnut</t>
   </si>
   <si>
-    <t>100 Hillview Avenue Hornchurch</t>
-[...346 lines deleted...]
-  <si>
     <t>43-48 Stirling Close</t>
   </si>
   <si>
     <t>Unidenified</t>
   </si>
   <si>
     <t>41 Tawney Avenue</t>
   </si>
   <si>
     <t>30 Silvermere Avenue, ROMFORD, RM5 2QA</t>
   </si>
   <si>
     <t>tree causing subsidence</t>
   </si>
   <si>
     <t>207 Collier Row Lane</t>
   </si>
   <si>
     <t>Tree roots are damaging private property.</t>
   </si>
   <si>
     <t>19 Roseberry Gardens</t>
   </si>
   <si>
     <t>28 Acacia Avenue</t>
@@ -648,51 +6002,51 @@
   <si>
     <t>72 Guysfield Close</t>
   </si>
   <si>
     <t xml:space="preserve">o-s 44 orchard road </t>
   </si>
   <si>
     <t>Dead Tree</t>
   </si>
   <si>
     <t xml:space="preserve">113 Petersfield Avenue  </t>
   </si>
   <si>
     <t>Syacmore</t>
   </si>
   <si>
     <t>12 Marks Road</t>
   </si>
   <si>
     <t>190 Bridgewater Road RM3 7TX</t>
   </si>
   <si>
     <t>Small Ash</t>
   </si>
   <si>
-    <t xml:space="preserve"> Harold Wood park</t>
+    <t>Harold Wood park</t>
   </si>
   <si>
     <t>10 Shelley Avenue</t>
   </si>
   <si>
     <t>109 Cranham Gardens</t>
   </si>
   <si>
     <t>12 Rosslyn Avenue</t>
   </si>
   <si>
     <t>13 King Edward Avenue</t>
   </si>
   <si>
     <t>138 Corbets Tey Road</t>
   </si>
   <si>
     <t>14 Springfield Gardens</t>
   </si>
   <si>
     <t>16 Granton Avenue</t>
   </si>
   <si>
     <t>165 Roseberry Gardens</t>
   </si>
@@ -819,185 +6173,149 @@
   <si>
     <t>Paine’s brook open space</t>
   </si>
   <si>
     <t>Roundabout between Clyde Way and Deveron Way</t>
   </si>
   <si>
     <t>Taunton Road Juction with Hitchin Close</t>
   </si>
   <si>
     <t>The Approach</t>
   </si>
   <si>
     <t>o/s 6 Tiverton Grove</t>
   </si>
   <si>
     <t>o/s 83 Ferguson Avenue</t>
   </si>
   <si>
     <t>o/s 198 Havering Road</t>
   </si>
   <si>
     <t>o/s St John's Hall, Pretoria Road</t>
   </si>
   <si>
-    <t>13/09/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>flank of Thornbury House on Barnstable Road</t>
   </si>
   <si>
-    <t>20/09/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>28 Barnstable Road</t>
   </si>
   <si>
     <t>11 Spenser Crescent</t>
   </si>
   <si>
     <t>55 Sterling Close</t>
   </si>
   <si>
-    <t>25/09/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>o/s - 158 Carlton road</t>
   </si>
   <si>
     <t>o/s - 48 Jutsums Lane</t>
   </si>
   <si>
-    <t>15/09/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Whitelands Way along caroark to Tesco</t>
   </si>
   <si>
-    <t>14/09/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Wheatsheaf road on thurloe gardens RM1</t>
   </si>
   <si>
     <t>os 6 Tiverton Grove</t>
   </si>
   <si>
     <t>O/S 38 Highfield Crescent</t>
   </si>
   <si>
     <t>Tree Dead</t>
   </si>
   <si>
-    <t>30/10/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>O/S 20 Hyland Close</t>
   </si>
   <si>
     <t>Apple</t>
   </si>
   <si>
     <t>O/S 60 Albany Road</t>
   </si>
   <si>
     <t>O/S 27 Lyndhurst Drive</t>
   </si>
   <si>
-    <t>26/10/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>O/S 39 Osborne Road</t>
   </si>
   <si>
     <t>o/s - 45 Grenfell Avenue</t>
   </si>
   <si>
-    <t>Beech</t>
-[...1 lines deleted...]
-  <si>
     <t>o/s - 223 Osbourne Road</t>
   </si>
   <si>
     <t>o/s - 133 Osbourne Road</t>
   </si>
   <si>
     <t>o/s - 55 Grenfell Avenue</t>
   </si>
   <si>
     <t>o/s 15 &amp; 23 Risebridge Road</t>
   </si>
   <si>
     <t>Malus</t>
   </si>
   <si>
     <t>o/s - 23 Lowshoe Lane</t>
   </si>
   <si>
     <t>o/s 17/19 Crystal Avenue</t>
   </si>
   <si>
     <t>Willow</t>
   </si>
   <si>
-    <t>21/10/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>o/s 50 Mungo Park Road,</t>
   </si>
   <si>
-    <t>Flowering Cherry</t>
-[...1 lines deleted...]
-  <si>
     <t>Weeping Birch</t>
   </si>
   <si>
     <t>34 Ellis Avenue</t>
   </si>
   <si>
-    <t>19/10/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Holly tree cottage</t>
   </si>
   <si>
     <t>Holly</t>
   </si>
   <si>
     <t>Coldharbour Road Unit 1 K Space</t>
   </si>
   <si>
     <t>Fallen Tree</t>
   </si>
   <si>
     <t>Flank 142 Cranham Gardens</t>
   </si>
   <si>
-    <t>29/11/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>o/s - Geddy Court on Hare Hall Lane</t>
   </si>
   <si>
     <t>opo - 64 Mashiters Walk</t>
   </si>
   <si>
     <t>88 Gaines Park Road</t>
   </si>
   <si>
     <t>2 -4 Aspen Grove</t>
   </si>
   <si>
     <t>o/s - 379 Chase Cross Road</t>
   </si>
   <si>
     <t>o/s - 14 Forest Road</t>
   </si>
   <si>
     <t>White Beam</t>
   </si>
   <si>
     <t>o/s - 5 Arundel Road</t>
   </si>
   <si>
     <t>Opp - 10 Pettits Close</t>
@@ -1017,1651 +6335,1056 @@
   <si>
     <t>22-24 Moultrie Way</t>
   </si>
   <si>
     <t>Opposite 9 Reed Pond Walk</t>
   </si>
   <si>
     <t>T1 - Haynes Road</t>
   </si>
   <si>
     <t>T2 - Haynes Road</t>
   </si>
   <si>
     <t>Collier Row Road</t>
   </si>
   <si>
     <t>Slyvan Avenue</t>
   </si>
   <si>
     <t>Acacia</t>
   </si>
   <si>
     <t>Gerpins Lane Upminster RM14 6PX</t>
   </si>
   <si>
-    <t>Housing</t>
-[...1 lines deleted...]
-  <si>
     <t>o/s 38 Shakespeare Rd</t>
   </si>
   <si>
     <t>o/s 23 Glenwood Drive</t>
   </si>
   <si>
     <t>Roots inhibating the highway</t>
   </si>
   <si>
     <t>Ockendon Road</t>
   </si>
   <si>
     <t>21 Sevenoaks Close</t>
   </si>
   <si>
     <t>Fallen tree of heaven</t>
   </si>
   <si>
     <t>CALLOUT - Bupa Dentist</t>
   </si>
   <si>
     <t>CALLOUT - 89 Hacton Drive, RM12 6DL</t>
   </si>
   <si>
     <t>103 Amery Gardens</t>
   </si>
   <si>
     <t>OP 3 Charlbury Close, RM3</t>
   </si>
   <si>
     <t>Vandalised Tree</t>
   </si>
   <si>
-    <t>Along side Nelmes Primary School</t>
-[...104 lines deleted...]
-    <t>Elder</t>
+    <t>Rear of 72 Edison Avenue</t>
+  </si>
+  <si>
+    <t>Rear of 82 Edison Avenue</t>
+  </si>
+  <si>
+    <t>Conifer</t>
+  </si>
+  <si>
+    <t>38 Nelmes Way not Chase RM11</t>
+  </si>
+  <si>
+    <t>Unsafe</t>
+  </si>
+  <si>
+    <t>51 Somerset Gardens RM11</t>
+  </si>
+  <si>
+    <t>Tree in decline</t>
+  </si>
+  <si>
+    <t>46 Berkshire Way RM11</t>
   </si>
   <si>
     <t>Fallen</t>
   </si>
   <si>
-    <t>Flank of 2-8 Fyfield House RM13 7TR</t>
-[...94 lines deleted...]
-  <si>
     <t>o/s 6 Broseley Road, Romford</t>
   </si>
   <si>
-    <t>English Oak</t>
-[...62 lines deleted...]
-    <t>o/s 18 Bedale Road.</t>
+    <t>Flank of 1 Ashby Close</t>
+  </si>
+  <si>
+    <t>Tree is dead</t>
+  </si>
+  <si>
+    <t>20 Cumberland Avenue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">128 Roseberry Gardens </t>
+  </si>
+  <si>
+    <t>Bus Stop outside Francis Bardsley School RM12</t>
+  </si>
+  <si>
+    <t>19 Allenby Drive</t>
+  </si>
+  <si>
+    <t>61 Ravenscourt Drive</t>
+  </si>
+  <si>
+    <t>48 havering drive</t>
+  </si>
+  <si>
+    <t>128 Roseberry Gardens RM14 1NE</t>
+  </si>
+  <si>
+    <t>46 Brackendale Gardens</t>
+  </si>
+  <si>
+    <t>Horse Chestnut (dead)</t>
+  </si>
+  <si>
+    <t>69 Mashiters Walk</t>
+  </si>
+  <si>
+    <t>11 clyde way</t>
+  </si>
+  <si>
+    <t xml:space="preserve">168 Main Road </t>
+  </si>
+  <si>
+    <t>137 Hillview Avenue</t>
+  </si>
+  <si>
+    <t>/// duty.lucky.farm London Road</t>
+  </si>
+  <si>
+    <t>flank of 124 Victoria Road</t>
+  </si>
+  <si>
+    <t>Accacia Avenue / Gaynes park Rd</t>
+  </si>
+  <si>
+    <t>Gaynes Park Rd - OS Bright Horizons Preschool</t>
   </si>
   <si>
     <t>Acer</t>
   </si>
   <si>
-    <t>o/s 1 Rise Park Boulevard</t>
-[...260 lines deleted...]
-    <t>24 Stanley Road</t>
+    <t>Junction Rd / Mercury Approach</t>
+  </si>
+  <si>
+    <t>22 Nelson Rd, Rainham</t>
+  </si>
+  <si>
+    <t>58 Bruce Avenue</t>
+  </si>
+  <si>
+    <t>Side Of 81 Chestnut Ave</t>
+  </si>
+  <si>
+    <t>163 Hillcrest Road Hornchurch</t>
+  </si>
+  <si>
+    <t>Spinney Close side of 5 Frederick Road RM13 8NT</t>
+  </si>
+  <si>
+    <t>2 Hedingham Road</t>
+  </si>
+  <si>
+    <t>Central Park - Car Park</t>
+  </si>
+  <si>
+    <t>OOHC - 52 Hylands Way</t>
+  </si>
+  <si>
+    <t>6 Cedric Avenue</t>
+  </si>
+  <si>
+    <t>37 Heath Drive</t>
+  </si>
+  <si>
+    <t>Appleton Way Car Park</t>
+  </si>
+  <si>
+    <t>Fell Leaning Tree</t>
+  </si>
+  <si>
+    <t>20 Oldchurch Road</t>
+  </si>
+  <si>
+    <t>Fell due to being hit by car</t>
+  </si>
+  <si>
+    <t>OS 128 Station Lane</t>
+  </si>
+  <si>
+    <t>72 Hillfoot Road</t>
+  </si>
+  <si>
+    <t>Snapped Tree Removed</t>
+  </si>
+  <si>
+    <t>OOHC - 5 Woodfield Way</t>
+  </si>
+  <si>
+    <t>Pike Lane RM14</t>
+  </si>
+  <si>
+    <t>29 The Mount RM3</t>
+  </si>
+  <si>
+    <t>o/s 26 little gaynes lane</t>
+  </si>
+  <si>
+    <t>Curtis Road jct Herbert Road</t>
+  </si>
+  <si>
+    <t>Tree Blocking Road</t>
+  </si>
+  <si>
+    <t>Clockhouse Gardens, St Mary's Lane, Upminster</t>
+  </si>
+  <si>
+    <t>Tree blocking pathway</t>
+  </si>
+  <si>
+    <t>Alleyway between Deyncourt and Howard Road</t>
+  </si>
+  <si>
+    <t>Tree blocking walkway</t>
+  </si>
+  <si>
+    <t>266 Main Road RM1</t>
+  </si>
+  <si>
+    <t>26 Little Gaynes Lane</t>
+  </si>
+  <si>
+    <t>Clockhouse Gardens, St Marys Lane</t>
+  </si>
+  <si>
+    <t>1 Broadway - Gidea Park</t>
+  </si>
+  <si>
+    <t>Tree hit by car - Removed</t>
+  </si>
+  <si>
+    <t>O/S 54 GROVE PARK ROAD RM13 7DA</t>
+  </si>
+  <si>
+    <t>Dangerous Tree - Felled</t>
+  </si>
+  <si>
+    <t>3 Heron Way RM14</t>
+  </si>
+  <si>
+    <t>52 Cranham Gardens RM14</t>
+  </si>
+  <si>
+    <t>opp 15 Denholme Walk(Rainham)</t>
+  </si>
+  <si>
+    <t>o/s 1 Farm Road(Rainham)</t>
+  </si>
+  <si>
+    <t>opp 169 Ford Lane(Rainham)</t>
+  </si>
+  <si>
+    <t>opp 151 Ford Lane(Rainham)</t>
+  </si>
+  <si>
+    <t>o/s 2 the Broadway</t>
+  </si>
+  <si>
+    <t>20 Dickens Way</t>
+  </si>
+  <si>
+    <t>4 Priory Road</t>
+  </si>
+  <si>
+    <t>Subsidence</t>
+  </si>
+  <si>
+    <t>2 Worcester Avenue RM14 3LA</t>
+  </si>
+  <si>
+    <t>Lorry knocked down</t>
+  </si>
+  <si>
+    <t>41 Holden Way</t>
+  </si>
+  <si>
+    <t>o/s 323 Mawney Road</t>
+  </si>
+  <si>
+    <t>o/s 9 Trent Avenue(Upminster)</t>
+  </si>
+  <si>
+    <t>Failed at base - Ruskins</t>
+  </si>
+  <si>
+    <t>o/s 89 Bridge Avenue(Upminster)</t>
+  </si>
+  <si>
+    <t>o/s 19 Elm Avenue(Upminster)</t>
+  </si>
+  <si>
+    <t>Someone removed it.</t>
+  </si>
+  <si>
+    <t>47 Chestnut Ave</t>
+  </si>
+  <si>
+    <t>tree that has been knocked over by a grabber truck</t>
+  </si>
+  <si>
+    <t>OP 29 Manor Road</t>
+  </si>
+  <si>
+    <t>dangerous / blocking footpath</t>
+  </si>
+  <si>
+    <t>Adj to 318 Hilldene Avenue</t>
+  </si>
+  <si>
+    <t>OS 24 Cromer Road</t>
+  </si>
+  <si>
+    <t>63 Northumberland Avenue RM11 2HN</t>
+  </si>
+  <si>
+    <t>19 Hamlet Road(Romford)</t>
   </si>
   <si>
     <t>19 Allenby Drive RM11</t>
   </si>
   <si>
-    <t>61 Ravenscourt Drive RM11</t>
-[...320 lines deleted...]
-    <t>Consultation Closed</t>
+    <t>34 Minster Way RM11 3TH</t>
+  </si>
+  <si>
+    <t>148 Sunnyside Gardens</t>
+  </si>
+  <si>
+    <t>Roots severely lifting tarmac plus tree had been ring-barked</t>
+  </si>
+  <si>
+    <t>122A Upminster Road</t>
+  </si>
+  <si>
+    <t>103 Seymer Rd RM1 4LA</t>
+  </si>
+  <si>
+    <t>Trunk decay and hollowing</t>
+  </si>
+  <si>
+    <t>4 Broadway, RM2 5NS</t>
+  </si>
+  <si>
+    <t>Decayed/dying</t>
+  </si>
+  <si>
+    <t>95 Avon Road, Upminster, RM14 1RF</t>
+  </si>
+  <si>
+    <t>Removed for water board to carry out work, they are going to replace</t>
+  </si>
+  <si>
+    <t>OS 7 Clayton Road</t>
+  </si>
+  <si>
+    <t>1 Wykeham Road</t>
+  </si>
+  <si>
+    <t>Plum</t>
+  </si>
+  <si>
+    <t>Excessive lean, decay fungi</t>
+  </si>
+  <si>
+    <t>3 Wykeham Road</t>
+  </si>
+  <si>
+    <t>11 Wykeham Road</t>
+  </si>
+  <si>
+    <t>Opp 11  Wykeham Road</t>
+  </si>
+  <si>
+    <t>71 Hillcrest Road, Hornchurch. RM11 1EF</t>
+  </si>
+  <si>
+    <t>Beach</t>
+  </si>
+  <si>
+    <t>27 The Crescent RM14 1JZ</t>
+  </si>
+  <si>
+    <t>23 Argyle Gardens,  RM14 3HD</t>
+  </si>
+  <si>
+    <t>Subsidence insurance claim</t>
+  </si>
+  <si>
+    <t>OS 122 Beauly Way RM1</t>
+  </si>
+  <si>
+    <t>34 Northumberland Avenue</t>
+  </si>
+  <si>
+    <t>Root decay fungi - advanced stage</t>
+  </si>
+  <si>
+    <t>Os 61/63 Cecil avenue</t>
+  </si>
+  <si>
+    <t>46 St Leonards Way - RM11</t>
+  </si>
+  <si>
+    <t>Insurance claim - tree damaging property</t>
+  </si>
+  <si>
+    <t>15 Boscombe Ave - RM11</t>
+  </si>
+  <si>
+    <t>Excessive lean, obstructing footway</t>
+  </si>
+  <si>
+    <t>14 Halidon Rise - RM3</t>
+  </si>
+  <si>
+    <t>OS 37/39 Roseberry Gardens</t>
+  </si>
+  <si>
+    <t>OS 22 Kings Gardens</t>
+  </si>
+  <si>
+    <t>50 Grenfell Avenue</t>
+  </si>
+  <si>
+    <t>Siberian Crab Apple</t>
+  </si>
+  <si>
+    <t>66 Forest Rd - RM7</t>
+  </si>
+  <si>
+    <t>Insurance/Large tree obstructing pavement, damaging footway and property</t>
+  </si>
+  <si>
+    <t>OPP 1 The Shrubbery</t>
+  </si>
+  <si>
+    <t>OS 12 Granton</t>
+  </si>
+  <si>
+    <t>Decay fungi at base</t>
+  </si>
+  <si>
+    <t>o/s 55 Eyhurst Ave, Hornchurch</t>
+  </si>
+  <si>
+    <t>OS 3 &amp; 9Wednesbury road, Rm3</t>
+  </si>
+  <si>
+    <t>68 Ambleside Avenue</t>
+  </si>
+  <si>
+    <t>163 Hornchurch Road, flank of the property in Babington Road RM12 4SZ</t>
+  </si>
+  <si>
+    <t>66 Ingrebourne Road Rainham</t>
+  </si>
+  <si>
+    <t>4 Broadway RM2 5NS</t>
+  </si>
+  <si>
+    <t>28 Ilfracombe Crescent RM12</t>
+  </si>
+  <si>
+    <t>2 Faircross Avenue RM5</t>
+  </si>
+  <si>
+    <t>11 Halidon Rise - RM3</t>
+  </si>
+  <si>
+    <t>52 kingsbridge road  rm3 8pa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-[...3 lines deleted...]
-  <fonts count="27" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="8"/>
+      <color indexed="13"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color indexed="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FF333399"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FFFFFF00"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
-    </font>
-[...4 lines deleted...]
-      <scheme val="minor"/>
+      <family val="2"/>
+      <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF444444"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF203764"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
+      <color rgb="FF203764"/>
       <name val="Calibri"/>
-      <charset val="1"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
-    </font>
-[...115 lines deleted...]
-      <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor indexed="12"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
-        <bgColor rgb="FF00FFFF"/>
+        <fgColor indexed="9"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-        <bgColor rgb="FF00FFFF"/>
+        <fgColor rgb="FFCCFFCC"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
-        <bgColor indexed="64"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF0000FF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD8E4BC"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF00FFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </right>
       <top style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </top>
-      <bottom style="thin">
-        <color rgb="FF000000"/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="92">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="11" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="11" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="11" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="12" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="18" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="11" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment wrapText="1"/>
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...102 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="17">
-[...171 lines deleted...]
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -2669,51 +7392,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -2780,65 +7503,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -2859,7664 +7582,25494 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E29"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{465D4B8C-0B68-4FF2-9366-C329199390AC}">
+  <dimension ref="A1:H287"/>
   <sheetViews>
-    <sheetView topLeftCell="A16" workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+    <sheetView topLeftCell="A160" workbookViewId="0">
+      <selection activeCell="L32" sqref="L32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="46.5703125" style="60" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.7109375" style="60"/>
+    <col min="1" max="8" width="32.90625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="59" t="s">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="59" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="59" t="s">
+      <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="59" t="s">
+      <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="17" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="17"/>
-      <c r="C2" s="17" t="s">
+      <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="D2" s="61">
-[...2 lines deleted...]
-      <c r="E2" s="57">
+      <c r="G1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A2" s="2"/>
+      <c r="B2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="17" t="s">
+      <c r="G2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A3" s="2"/>
+      <c r="B3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2">
+        <v>2</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A4" s="2"/>
+      <c r="B4" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2">
+        <v>1</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A5" s="2"/>
+      <c r="B5" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2">
+        <v>3</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A6" s="3"/>
+      <c r="B6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="3"/>
+      <c r="E6" s="3"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A7" s="2"/>
+      <c r="B7" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2">
+        <v>1</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A8" s="3"/>
+      <c r="B8" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" s="3"/>
+      <c r="E8" s="3"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A9" s="2"/>
+      <c r="B9" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2">
+        <v>2</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A10" s="2"/>
+      <c r="B10" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2">
+        <v>3</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A11" s="2"/>
+      <c r="B11" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2">
         <v>6</v>
       </c>
-      <c r="B3" s="17"/>
-      <c r="C3" s="17" t="s">
+      <c r="G11" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A12" s="2"/>
+      <c r="B12" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2">
+        <v>8</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H12" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A13" s="2"/>
+      <c r="B13" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2">
+        <v>8</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H13" s="2"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A14" s="3"/>
+      <c r="B14" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" s="3"/>
+      <c r="G14" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A15" s="2"/>
+      <c r="B15" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2">
+        <v>1</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H15" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A16" s="2"/>
+      <c r="B16" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2">
+        <v>2</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H16" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A17" s="2"/>
+      <c r="B17" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2">
+        <v>8</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A18" s="2"/>
+      <c r="B18" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2">
+        <v>1</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A19" s="2"/>
+      <c r="B19" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2">
+        <v>8</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A20" s="2"/>
+      <c r="B20" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" s="4"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2">
+        <v>6</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H20" s="2"/>
+    </row>
+    <row r="21" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A21" s="2"/>
+      <c r="B21" s="2">
+        <v>58</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2">
+        <v>3</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H21" s="2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A22" s="2"/>
+      <c r="B22" s="2">
+        <v>49</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2">
+        <v>2</v>
+      </c>
+      <c r="G22" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A23" s="2"/>
+      <c r="B23" s="2">
+        <v>52</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2">
+        <v>4</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A24" s="2"/>
+      <c r="B24" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2">
+        <v>6</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A25" s="2"/>
+      <c r="B25" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2">
+        <v>8</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" s="2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A26" s="2"/>
+      <c r="B26" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H26" s="2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A27" s="2"/>
+      <c r="B27" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2">
+        <v>8</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" s="2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A28" s="2"/>
+      <c r="B28" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2">
+        <v>3</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A29" s="2"/>
+      <c r="B29" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2">
+        <v>1</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A30" s="2"/>
+      <c r="B30" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2">
+        <v>3</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A31" s="2"/>
+      <c r="B31" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2">
+        <v>3</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H31" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A32" s="3"/>
+      <c r="B32" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D32" s="3"/>
+      <c r="E32" s="3"/>
+      <c r="F32" s="3"/>
+      <c r="G32" s="3"/>
+      <c r="H32" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A33" s="2"/>
+      <c r="B33" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2">
+        <v>8</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H33" s="2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A34" s="3"/>
+      <c r="B34" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="3"/>
+      <c r="E34" s="3"/>
+      <c r="F34" s="3"/>
+      <c r="G34" s="3"/>
+      <c r="H34" s="3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A35" s="2"/>
+      <c r="B35" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2">
+        <v>1</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A36" s="2"/>
+      <c r="B36" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2">
+        <v>2</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A37" s="2"/>
+      <c r="B37" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2">
+        <v>5</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H37" s="2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A38" s="2"/>
+      <c r="B38" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2">
+        <v>1</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H38" s="2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A39" s="3"/>
+      <c r="B39" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D39" s="3"/>
+      <c r="E39" s="3"/>
+      <c r="F39" s="3"/>
+      <c r="G39" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A40" s="5"/>
+      <c r="B40" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2">
+        <v>2</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A41" s="6"/>
+      <c r="B41" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D41" s="3"/>
+      <c r="E41" s="3"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A42" s="5"/>
+      <c r="B42" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2">
+        <v>1</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H42" s="2" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A43" s="5"/>
+      <c r="B43" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2">
+        <v>2</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H43" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A44" s="5"/>
+      <c r="B44" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2">
+        <v>1</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H44" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A45" s="5"/>
+      <c r="B45" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2">
+        <v>3</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H45" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A46" s="5"/>
+      <c r="B46" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2">
+        <v>2</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H46" s="2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A47" s="5"/>
+      <c r="B47" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2">
+        <v>3</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="H47" s="2"/>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A48" s="5"/>
+      <c r="B48" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2">
+        <v>1</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H48" s="2" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A49" s="2"/>
+      <c r="B49" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2">
+        <v>2</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="H49" s="2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A50" s="5"/>
+      <c r="B50" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2">
+        <v>1</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H50" s="2" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A51" s="5"/>
+      <c r="B51" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2">
+        <v>2</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H51" s="2" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A52" s="5"/>
+      <c r="B52" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2">
+        <v>2</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H52" s="2" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A53" s="7"/>
+      <c r="B53" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="D53" s="8"/>
+      <c r="E53" s="8"/>
+      <c r="F53" s="8">
+        <v>2</v>
+      </c>
+      <c r="G53" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="H53" s="8" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A54" s="5"/>
+      <c r="B54" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2">
+        <v>1</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H54" s="2" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A55" s="5"/>
+      <c r="B55" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="D55" s="3"/>
+      <c r="E55" s="3"/>
+      <c r="F55" s="3"/>
+      <c r="G55" s="3"/>
+      <c r="H55" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A56" s="5"/>
+      <c r="B56" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2">
+        <v>6</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H56" s="2" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A57" s="5"/>
+      <c r="B57" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D57" s="2"/>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2">
+        <v>1</v>
+      </c>
+      <c r="G57" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H57" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A58" s="5"/>
+      <c r="B58" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2">
+        <v>2</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H58" s="2" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A59" s="5"/>
+      <c r="B59" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2">
+        <v>3</v>
+      </c>
+      <c r="G59" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H59" s="2" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A60" s="5"/>
+      <c r="B60" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2">
+        <v>2</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H60" s="2" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A61" s="9"/>
+      <c r="B61" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="C61" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2">
+        <v>8</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H61" s="2" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A62" s="9"/>
+      <c r="B62" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="C62" s="9" t="s">
+        <v>165</v>
+      </c>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2">
+        <v>1</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H62" s="2"/>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A63" s="9"/>
+      <c r="B63" s="9" t="s">
+        <v>166</v>
+      </c>
+      <c r="C63" s="9" t="s">
+        <v>167</v>
+      </c>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2"/>
+      <c r="F63" s="2">
+        <v>2</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H63" s="2"/>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A64" s="9"/>
+      <c r="B64" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="C64" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2">
+        <v>2</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H64" s="2"/>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A65" s="9"/>
+      <c r="B65" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="C65" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2">
+        <v>1</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H65" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A66" s="9"/>
+      <c r="B66" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="D66" s="3"/>
+      <c r="E66" s="3"/>
+      <c r="F66" s="3"/>
+      <c r="G66" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="H66" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A67" s="9"/>
+      <c r="B67" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="C67" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2">
+        <v>2</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H67" s="2" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A68" s="9"/>
+      <c r="B68" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="C68" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2">
+        <v>1</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H68" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A69" s="9"/>
+      <c r="B69" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="C69" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2">
+        <v>8</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="H69" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A70" s="9"/>
+      <c r="B70" s="9" t="s">
+        <v>183</v>
+      </c>
+      <c r="C70" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2">
+        <v>2</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H70" s="2" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A71" s="9"/>
+      <c r="B71" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="C71" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2">
+        <v>6</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H71" s="2" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A72" s="9"/>
+      <c r="B72" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C72" s="9" t="s">
+        <v>187</v>
+      </c>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2">
+        <v>1</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H72" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A73" s="9"/>
+      <c r="B73" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="C73" s="9" t="s">
+        <v>189</v>
+      </c>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2">
+        <v>3</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H73" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A74" s="9"/>
+      <c r="B74" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>191</v>
+      </c>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2">
+        <v>2</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H74" s="2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A75" s="9"/>
+      <c r="B75" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="C75" s="9" t="s">
+        <v>191</v>
+      </c>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2">
+        <v>2</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H75" s="2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A76" s="9"/>
+      <c r="B76" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="D76" s="3"/>
+      <c r="E76" s="3"/>
+      <c r="F76" s="3"/>
+      <c r="G76" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A77" s="9"/>
+      <c r="B77" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="D77" s="3"/>
+      <c r="E77" s="3"/>
+      <c r="F77" s="3"/>
+      <c r="G77" s="3"/>
+      <c r="H77" s="3" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A78" s="9"/>
+      <c r="B78" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="C78" s="9" t="s">
+        <v>200</v>
+      </c>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2"/>
+      <c r="F78" s="2">
+        <v>3</v>
+      </c>
+      <c r="G78" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H78" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A79" s="2"/>
+      <c r="B79" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="D79" s="2"/>
+      <c r="E79" s="2"/>
+      <c r="F79" s="2">
+        <v>4</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H79" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A80" s="8"/>
+      <c r="B80" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="D80" s="3"/>
+      <c r="E80" s="3"/>
+      <c r="F80" s="3"/>
+      <c r="G80" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H80" s="3" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A81" s="8"/>
+      <c r="B81" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="D81" s="3"/>
+      <c r="E81" s="3"/>
+      <c r="F81" s="3"/>
+      <c r="G81" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H81" s="3" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A82" s="2"/>
+      <c r="B82" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2">
+        <v>2</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H82" s="2" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A83" s="2"/>
+      <c r="B83" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2">
+        <v>4</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H83" s="2" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A84" s="2"/>
+      <c r="B84" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2">
+        <v>3</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H84" s="2"/>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A85" s="2"/>
+      <c r="B85" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2">
+        <v>5</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H85" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A86" s="2"/>
+      <c r="B86" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="D86" s="3"/>
+      <c r="E86" s="3"/>
+      <c r="F86" s="3"/>
+      <c r="G86" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A87" s="2"/>
+      <c r="B87" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2">
+        <v>3</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H87" s="2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A88" s="2"/>
+      <c r="B88" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2">
+        <v>6</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H88" s="2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A89" s="2"/>
+      <c r="B89" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2">
+        <v>6</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H89" s="2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A90" s="2"/>
+      <c r="B90" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2">
+        <v>5</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H90" s="2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A91" s="2"/>
+      <c r="B91" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D91" s="2"/>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2">
+        <v>5</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H91" s="2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A92" s="2"/>
+      <c r="B92" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2">
+        <v>6</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H92" s="2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A93" s="2"/>
+      <c r="B93" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="D93" s="2"/>
+      <c r="E93" s="2"/>
+      <c r="F93" s="2">
+        <v>1</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H93" s="2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A94" s="2"/>
+      <c r="B94" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="D94" s="2"/>
+      <c r="E94" s="2"/>
+      <c r="F94" s="2">
+        <v>3</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H94" s="2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A95" s="2"/>
+      <c r="B95" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="D95" s="2"/>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2">
+        <v>1</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H95" s="2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A96" s="2"/>
+      <c r="B96" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="D96" s="2"/>
+      <c r="E96" s="2"/>
+      <c r="F96" s="2">
+        <v>2</v>
+      </c>
+      <c r="G96" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H96" s="2" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A97" s="2"/>
+      <c r="B97" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="D97" s="2"/>
+      <c r="E97" s="2"/>
+      <c r="F97" s="2">
+        <v>1</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H97" s="2" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A98" s="2"/>
+      <c r="B98" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D98" s="2"/>
+      <c r="E98" s="2"/>
+      <c r="F98" s="2">
+        <v>3</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H98" s="2" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A99" s="2"/>
+      <c r="B99" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2">
+        <v>8</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H99" s="2" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A100" s="2"/>
+      <c r="B100" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2">
+        <v>2</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H100" s="2" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A101" s="2"/>
+      <c r="B101" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2">
+        <v>3</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H101" s="2" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A102" s="2"/>
+      <c r="B102" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2">
         <v>7</v>
       </c>
-      <c r="D3" s="61">
-[...2 lines deleted...]
-      <c r="E3" s="57">
+      <c r="G102" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="H102" s="2" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A103" s="2"/>
+      <c r="B103" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2">
+        <v>4</v>
+      </c>
+      <c r="G103" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H103" s="2" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A104" s="2"/>
+      <c r="B104" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="D104" s="2"/>
+      <c r="E104" s="2"/>
+      <c r="F104" s="2">
+        <v>6</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H104" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A105" s="2"/>
+      <c r="B105" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2">
+        <v>6</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H105" s="2" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A106" s="2"/>
+      <c r="B106" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="D106" s="74" t="s">
+        <v>254</v>
+      </c>
+      <c r="E106" s="75"/>
+      <c r="F106" s="75"/>
+      <c r="G106" s="75"/>
+      <c r="H106" s="75"/>
+    </row>
+    <row r="107" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A107" s="2"/>
+      <c r="B107" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D107" s="2"/>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2">
+        <v>6</v>
+      </c>
+      <c r="G107" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H107" s="2" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A108" s="2"/>
+      <c r="B108" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="17" t="s">
+      <c r="G108" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H108" s="2" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A109" s="2"/>
+      <c r="B109" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2">
+        <v>3</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H109" s="2" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A110" s="2"/>
+      <c r="B110" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2">
+        <v>1</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H110" s="2" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A111" s="2"/>
+      <c r="B111" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2">
         <v>8</v>
       </c>
-      <c r="B4" s="17"/>
-      <c r="C4" s="17" t="s">
+      <c r="G111" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H111" s="2" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A112" s="2"/>
+      <c r="B112" s="2">
+        <v>133</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="D112" s="2"/>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2">
+        <v>2</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H112" s="2" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A113" s="2"/>
+      <c r="B113" s="2">
+        <v>113</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2">
+        <v>3</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H113" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A114" s="3"/>
+      <c r="B114" s="3">
+        <v>11</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="D114" s="3"/>
+      <c r="E114" s="3"/>
+      <c r="F114" s="3"/>
+      <c r="G114" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A115" s="2"/>
+      <c r="B115" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="C115" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="D115" s="2"/>
+      <c r="E115" s="2"/>
+      <c r="F115" s="2">
         <v>7</v>
       </c>
-      <c r="D4" s="61">
-[...2 lines deleted...]
-      <c r="E4" s="57">
+      <c r="G115" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H115" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A116" s="2"/>
+      <c r="B116" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2">
+        <v>5</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H116" s="2" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A117" s="2"/>
+      <c r="B117" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="D117" s="3"/>
+      <c r="E117" s="3"/>
+      <c r="F117" s="3"/>
+      <c r="G117" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A118" s="2"/>
+      <c r="B118" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="D118" s="3"/>
+      <c r="E118" s="3"/>
+      <c r="F118" s="3"/>
+      <c r="G118" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A119" s="2"/>
+      <c r="B119" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="D119" s="2"/>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2">
+        <v>6</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H119" s="2" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A120" s="2"/>
+      <c r="B120" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="H120" s="2" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A121" s="2"/>
+      <c r="B121" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2">
+        <v>1</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H121" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A122" s="2"/>
+      <c r="B122" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D122" s="2"/>
+      <c r="E122" s="2"/>
+      <c r="F122" s="2">
+        <v>2</v>
+      </c>
+      <c r="G122" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H122" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A123" s="3"/>
+      <c r="B123" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="D123" s="3"/>
+      <c r="E123" s="3"/>
+      <c r="F123" s="3"/>
+      <c r="G123" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A124" s="2"/>
+      <c r="B124" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="D124" s="2"/>
+      <c r="E124" s="2"/>
+      <c r="F124" s="2">
+        <v>8</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H124" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A125" s="2"/>
+      <c r="B125" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="D125" s="3"/>
+      <c r="E125" s="3"/>
+      <c r="F125" s="3"/>
+      <c r="G125" s="3"/>
+      <c r="H125" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A126" s="2"/>
+      <c r="B126" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="D126" s="3"/>
+      <c r="E126" s="3"/>
+      <c r="F126" s="3"/>
+      <c r="G126" s="3"/>
+      <c r="H126" s="3" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A127" s="2"/>
+      <c r="B127" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="C127" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="D127" s="2"/>
+      <c r="E127" s="2"/>
+      <c r="F127" s="2">
+        <v>2</v>
+      </c>
+      <c r="G127" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="H127" s="10" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A128" s="2"/>
+      <c r="B128" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="C128" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="D128" s="2"/>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="17" t="s">
+      <c r="G128" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="H128" s="2" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A129" s="2"/>
+      <c r="B129" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C129" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2">
+        <v>8</v>
+      </c>
+      <c r="G129" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H129" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A130" s="2"/>
+      <c r="B130" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="C130" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="D130" s="2"/>
+      <c r="E130" s="2"/>
+      <c r="F130" s="2">
+        <v>2</v>
+      </c>
+      <c r="G130" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="H130" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A131" s="2"/>
+      <c r="B131" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="D131" s="2"/>
+      <c r="E131" s="2"/>
+      <c r="F131" s="2">
+        <v>3</v>
+      </c>
+      <c r="G131" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="H131" s="2" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A132" s="2"/>
+      <c r="B132" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="C132" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2"/>
+      <c r="F132" s="2">
+        <v>1</v>
+      </c>
+      <c r="G132" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="H132" s="2" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A133" s="2"/>
+      <c r="B133" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D133" s="2"/>
+      <c r="E133" s="2"/>
+      <c r="F133" s="2">
+        <v>3</v>
+      </c>
+      <c r="G133" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H133" s="2" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A134" s="2"/>
+      <c r="B134" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="C134" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D134" s="2"/>
+      <c r="E134" s="2"/>
+      <c r="F134" s="2">
+        <v>2</v>
+      </c>
+      <c r="G134" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H134" s="2" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A135" s="2"/>
+      <c r="B135" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="C135" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="D135" s="2"/>
+      <c r="E135" s="2"/>
+      <c r="F135" s="2">
+        <v>8</v>
+      </c>
+      <c r="G135" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="H135" s="2" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A136" s="2"/>
+      <c r="B136" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C136" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2">
+        <v>8</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H136" s="2" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A137" s="2"/>
+      <c r="B137" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C137" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="D137" s="2"/>
+      <c r="E137" s="2"/>
+      <c r="F137" s="2">
+        <v>3</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H137" s="2" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A138" s="2"/>
+      <c r="B138" s="2">
+        <v>23</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="D138" s="2"/>
+      <c r="E138" s="2"/>
+      <c r="F138" s="2">
+        <v>1</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H138" s="2" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A139" s="2"/>
+      <c r="B139" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D139" s="2"/>
+      <c r="E139" s="2"/>
+      <c r="F139" s="2">
+        <v>5</v>
+      </c>
+      <c r="G139" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H139" s="2" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A140" s="2"/>
+      <c r="B140" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C140" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="D140" s="3"/>
+      <c r="E140" s="3"/>
+      <c r="F140" s="3"/>
+      <c r="G140" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H140" s="3" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A141" s="2"/>
+      <c r="B141" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="D141" s="2"/>
+      <c r="E141" s="2"/>
+      <c r="F141" s="2">
+        <v>7</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H141" s="2" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A142" s="2"/>
+      <c r="B142" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="D142" s="3"/>
+      <c r="E142" s="3"/>
+      <c r="F142" s="3"/>
+      <c r="G142" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H142" s="3" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A143" s="2"/>
+      <c r="B143" s="2">
+        <v>73</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="D143" s="2"/>
+      <c r="E143" s="2"/>
+      <c r="F143" s="2">
+        <v>3</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H143" s="2" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A144" s="2"/>
+      <c r="B144" s="2">
+        <v>15</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="D144" s="2"/>
+      <c r="E144" s="2"/>
+      <c r="F144" s="2">
+        <v>1</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H144" s="2" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A145" s="2"/>
+      <c r="B145" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="C145" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="D145" s="2"/>
+      <c r="E145" s="2"/>
+      <c r="F145" s="2">
+        <v>3</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H145" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A146" s="2"/>
+      <c r="B146" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="D146" s="2"/>
+      <c r="E146" s="2"/>
+      <c r="F146" s="2">
+        <v>8</v>
+      </c>
+      <c r="G146" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H146" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A147" s="2"/>
+      <c r="B147" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="D147" s="2"/>
+      <c r="E147" s="2"/>
+      <c r="F147" s="2">
+        <v>1</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H147" s="2" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A148" s="2"/>
+      <c r="B148" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="E148" s="2"/>
+      <c r="F148" s="2">
+        <v>8</v>
+      </c>
+      <c r="G148" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H148" s="2" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A149" s="2"/>
+      <c r="B149" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="D149" s="2"/>
+      <c r="E149" s="2"/>
+      <c r="F149" s="2">
+        <v>3</v>
+      </c>
+      <c r="G149" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H149" s="2" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A150" s="2"/>
+      <c r="B150" s="2">
+        <v>203</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="D150" s="2"/>
+      <c r="E150" s="2"/>
+      <c r="F150" s="2">
+        <v>8</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H150" s="2" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A151" s="2"/>
+      <c r="B151" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="D151" s="2"/>
+      <c r="E151" s="2"/>
+      <c r="F151" s="2">
+        <v>1</v>
+      </c>
+      <c r="G151" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H151" s="2" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A152" s="2"/>
+      <c r="B152" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="D152" s="2"/>
+      <c r="E152" s="2"/>
+      <c r="F152" s="2">
+        <v>3</v>
+      </c>
+      <c r="G152" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H152" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A153" s="2"/>
+      <c r="B153" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="D153" s="3"/>
+      <c r="E153" s="3"/>
+      <c r="F153" s="3"/>
+      <c r="G153" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H153" s="3" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A154" s="2"/>
+      <c r="B154" s="2">
+        <v>152</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="D154" s="2"/>
+      <c r="E154" s="2"/>
+      <c r="F154" s="2">
+        <v>2</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H154" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A155" s="2"/>
+      <c r="B155" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="D155" s="2"/>
+      <c r="E155" s="2"/>
+      <c r="F155" s="2">
+        <v>4</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H155" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A156" s="2"/>
+      <c r="B156" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="D156" s="2"/>
+      <c r="E156" s="2"/>
+      <c r="F156" s="2">
+        <v>8</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H156" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A157" s="2"/>
+      <c r="B157" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="C157" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2">
+        <v>6</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H157" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A158" s="2"/>
+      <c r="B158" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="D158" s="2"/>
+      <c r="E158" s="2"/>
+      <c r="F158" s="2">
+        <v>3</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H158" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A159" s="2"/>
+      <c r="B159" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="D159" s="2"/>
+      <c r="E159" s="2"/>
+      <c r="F159" s="2">
+        <v>2</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H159" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A160" s="2"/>
+      <c r="B160" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="D160" s="2"/>
+      <c r="E160" s="2"/>
+      <c r="F160" s="2">
+        <v>4</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H160" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A161" s="2"/>
+      <c r="B161" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="C161" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D161" s="2"/>
+      <c r="E161" s="2"/>
+      <c r="F161" s="2">
+        <v>4</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H161" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A162" s="2"/>
+      <c r="B162" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="D162" s="4"/>
+      <c r="E162" s="2"/>
+      <c r="F162" s="2">
+        <v>7</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H162" s="2" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A163" s="2"/>
+      <c r="B163" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="C163" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="D163" s="2"/>
+      <c r="E163" s="2"/>
+      <c r="F163" s="2">
+        <v>7</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H163" s="2" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A164" s="3"/>
+      <c r="B164" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="D164" s="11"/>
+      <c r="E164" s="3"/>
+      <c r="F164" s="3"/>
+      <c r="G164" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="H164" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A165" s="2"/>
+      <c r="B165" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="C165" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="D165" s="4"/>
+      <c r="E165" s="2"/>
+      <c r="F165" s="2">
+        <v>2</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H165" s="2"/>
+    </row>
+    <row r="166" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A166" s="2"/>
+      <c r="B166" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="D166" s="2"/>
+      <c r="E166" s="2"/>
+      <c r="F166" s="2">
+        <v>3</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H166" s="2" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A167" s="2"/>
+      <c r="B167" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="D167" s="4"/>
+      <c r="E167" s="2"/>
+      <c r="F167" s="2">
+        <v>7</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H167" s="2" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A168" s="2"/>
+      <c r="B168" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="D168" s="4"/>
+      <c r="E168" s="2"/>
+      <c r="F168" s="2">
+        <v>1</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H168" s="2" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A169" s="9"/>
+      <c r="B169" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="C169" s="9" t="s">
+        <v>383</v>
+      </c>
+      <c r="D169" s="2"/>
+      <c r="E169" s="2"/>
+      <c r="F169" s="2">
+        <v>6</v>
+      </c>
+      <c r="G169" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H169" s="2" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A170" s="9"/>
+      <c r="B170" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="D170" s="2"/>
+      <c r="E170" s="2"/>
+      <c r="F170" s="2">
+        <v>8</v>
+      </c>
+      <c r="G170" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H170" s="2" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A171" s="9"/>
+      <c r="B171" s="9" t="s">
+        <v>263</v>
+      </c>
+      <c r="C171" s="9" t="s">
+        <v>388</v>
+      </c>
+      <c r="D171" s="2"/>
+      <c r="E171" s="2"/>
+      <c r="F171" s="2">
+        <v>7</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H171" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A172" s="2"/>
+      <c r="B172" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="D172" s="4"/>
+      <c r="E172" s="2"/>
+      <c r="F172" s="2">
+        <v>6</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="H172" s="2" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A173" s="2"/>
+      <c r="B173" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="D173" s="4"/>
+      <c r="E173" s="2"/>
+      <c r="F173" s="2">
+        <v>7</v>
+      </c>
+      <c r="G173" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H173" s="2" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A174" s="2"/>
+      <c r="B174" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="E174" s="2"/>
+      <c r="F174" s="2">
+        <v>5</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H174" s="2" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A175" s="2"/>
+      <c r="B175" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C175" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="D175" s="3"/>
+      <c r="E175" s="3"/>
+      <c r="F175" s="3"/>
+      <c r="G175" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H175" s="3" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A176" s="8"/>
+      <c r="B176" s="8" t="s">
+        <v>400</v>
+      </c>
+      <c r="C176" s="8" t="s">
+        <v>401</v>
+      </c>
+      <c r="D176" s="8"/>
+      <c r="E176" s="8"/>
+      <c r="F176" s="8">
+        <v>6</v>
+      </c>
+      <c r="G176" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="H176" s="8"/>
+    </row>
+    <row r="177" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A177" s="3"/>
+      <c r="B177" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="C177" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="D177" s="11"/>
+      <c r="E177" s="3"/>
+      <c r="F177" s="3"/>
+      <c r="G177" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="H177" s="3" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A178" s="2"/>
+      <c r="B178" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="C178" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="D178" s="4"/>
+      <c r="E178" s="2"/>
+      <c r="F178" s="2">
+        <v>3</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H178" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A179" s="2"/>
+      <c r="B179" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="D179" s="4"/>
+      <c r="E179" s="2"/>
+      <c r="F179" s="2">
+        <v>2</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H179" s="2" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A180" s="2"/>
+      <c r="B180" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C180" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="D180" s="4"/>
+      <c r="E180" s="2"/>
+      <c r="F180" s="2">
+        <v>2</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H180" s="2" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A181" s="2"/>
+      <c r="B181" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="C181" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="D181" s="4"/>
+      <c r="E181" s="2"/>
+      <c r="F181" s="2">
+        <v>3</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H181" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A182" s="2"/>
+      <c r="B182" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="D182" s="4"/>
+      <c r="E182" s="2"/>
+      <c r="F182" s="2">
+        <v>4</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H182" s="2" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A183" s="2"/>
+      <c r="B183" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D183" s="4"/>
+      <c r="E183" s="2"/>
+      <c r="F183" s="2">
+        <v>5</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H183" s="2" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A184" s="2"/>
+      <c r="B184" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D184" s="4"/>
+      <c r="E184" s="2"/>
+      <c r="F184" s="2">
+        <v>3</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H184" s="2" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A185" s="2"/>
+      <c r="B185" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="C185" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="D185" s="4"/>
+      <c r="E185" s="2"/>
+      <c r="F185" s="2">
+        <v>8</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H185" s="2" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A186" s="3"/>
+      <c r="B186" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C186" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="D186" s="11"/>
+      <c r="E186" s="3"/>
+      <c r="F186" s="3"/>
+      <c r="G186" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H186" s="3" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A187" s="3"/>
+      <c r="B187" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="C187" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="D187" s="11"/>
+      <c r="E187" s="3"/>
+      <c r="F187" s="3"/>
+      <c r="G187" s="12" t="s">
+        <v>422</v>
+      </c>
+      <c r="H187" s="3"/>
+    </row>
+    <row r="188" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A188" s="2"/>
+      <c r="B188" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D188" s="4"/>
+      <c r="E188" s="2"/>
+      <c r="F188" s="2">
+        <v>6</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H188" s="2" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A189" s="2"/>
+      <c r="B189" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="D189" s="4"/>
+      <c r="E189" s="2"/>
+      <c r="F189" s="2">
+        <v>5</v>
+      </c>
+      <c r="G189" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H189" s="2" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A190" s="2"/>
+      <c r="B190" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="D190" s="4"/>
+      <c r="E190" s="2"/>
+      <c r="F190" s="2">
+        <v>3</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H190" s="2" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A191" s="2"/>
+      <c r="B191" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="D191" s="2"/>
+      <c r="E191" s="2"/>
+      <c r="F191" s="2">
+        <v>6</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H191" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A192" s="2"/>
+      <c r="B192" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="D192" s="2"/>
+      <c r="E192" s="2"/>
+      <c r="F192" s="2">
+        <v>5</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H192" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A193" s="2"/>
+      <c r="B193" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="C193" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="D193" s="2"/>
+      <c r="E193" s="2"/>
+      <c r="F193" s="2">
+        <v>3</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H193" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A194" s="2"/>
+      <c r="B194" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="C194" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="D194" s="2"/>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2">
+        <v>8</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H194" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A195" s="2"/>
+      <c r="B195" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="D195" s="2"/>
+      <c r="E195" s="2"/>
+      <c r="F195" s="2">
+        <v>5</v>
+      </c>
+      <c r="G195" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H195" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A196" s="2"/>
+      <c r="B196" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="C196" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D196" s="2"/>
+      <c r="E196" s="2"/>
+      <c r="F196" s="2">
+        <v>1</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H196" s="2" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A197" s="2"/>
+      <c r="B197" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="C197" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D197" s="2"/>
+      <c r="E197" s="2"/>
+      <c r="F197" s="2">
+        <v>3</v>
+      </c>
+      <c r="G197" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H197" s="2" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A198" s="2"/>
+      <c r="B198" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="C198" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D198" s="2"/>
+      <c r="E198" s="2"/>
+      <c r="F198" s="2">
+        <v>2</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H198" s="2" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A199" s="2"/>
+      <c r="B199" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="C199" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D199" s="2"/>
+      <c r="E199" s="2"/>
+      <c r="F199" s="2">
+        <v>8</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H199" s="2" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A200" s="2"/>
+      <c r="B200" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="C200" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D200" s="2"/>
+      <c r="E200" s="2"/>
+      <c r="F200" s="2">
+        <v>8</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H200" s="2" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A201" s="2"/>
+      <c r="B201" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="C201" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D201" s="2"/>
+      <c r="E201" s="2"/>
+      <c r="F201" s="2">
+        <v>3</v>
+      </c>
+      <c r="G201" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H201" s="2" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A202" s="2"/>
+      <c r="B202" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="C202" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D202" s="2"/>
+      <c r="E202" s="2"/>
+      <c r="F202" s="2">
+        <v>8</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H202" s="2" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A203" s="2"/>
+      <c r="B203" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D203" s="2"/>
+      <c r="E203" s="2"/>
+      <c r="F203" s="2">
+        <v>3</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H203" s="2" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A204" s="2"/>
+      <c r="B204" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="C204" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="D204" s="2"/>
+      <c r="E204" s="2"/>
+      <c r="F204" s="2">
+        <v>7</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H204" s="2" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A205" s="2"/>
+      <c r="B205" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="C205" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="D205" s="2"/>
+      <c r="E205" s="2"/>
+      <c r="F205" s="2">
+        <v>5</v>
+      </c>
+      <c r="G205" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H205" s="2" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A206" s="2"/>
+      <c r="B206" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="C206" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="D206" s="2"/>
+      <c r="E206" s="2"/>
+      <c r="F206" s="2">
+        <v>8</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H206" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A207" s="2"/>
+      <c r="B207" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C207" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="D207" s="2"/>
+      <c r="E207" s="2"/>
+      <c r="F207" s="2">
+        <v>4</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H207" s="2" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A208" s="2"/>
+      <c r="B208" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="C208" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="D208" s="2"/>
+      <c r="E208" s="2"/>
+      <c r="F208" s="2">
+        <v>4</v>
+      </c>
+      <c r="G208" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H208" s="2" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A209" s="2"/>
+      <c r="B209" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="C209" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="D209" s="2"/>
+      <c r="E209" s="2"/>
+      <c r="F209" s="2">
+        <v>7</v>
+      </c>
+      <c r="G209" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H209" s="2" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A210" s="3"/>
+      <c r="B210" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="C210" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="D210" s="3"/>
+      <c r="E210" s="3"/>
+      <c r="F210" s="3"/>
+      <c r="G210" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="H210" s="3" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A211" s="2"/>
+      <c r="B211" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C211" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="D211" s="2"/>
+      <c r="E211" s="2"/>
+      <c r="F211" s="2">
+        <v>2</v>
+      </c>
+      <c r="G211" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H211" s="2" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A212" s="2"/>
+      <c r="B212" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="C212" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="D212" s="2"/>
+      <c r="E212" s="2"/>
+      <c r="F212" s="2">
+        <v>5</v>
+      </c>
+      <c r="G212" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H212" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A213" s="2"/>
+      <c r="B213" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="C213" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="D213" s="3"/>
+      <c r="E213" s="3"/>
+      <c r="F213" s="3"/>
+      <c r="G213" s="3"/>
+      <c r="H213" s="3" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A214" s="2"/>
+      <c r="B214" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="C214" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="D214" s="3"/>
+      <c r="E214" s="3"/>
+      <c r="F214" s="3"/>
+      <c r="G214" s="3"/>
+      <c r="H214" s="3" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A215" s="2"/>
+      <c r="B215" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="C215" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="D215" s="2"/>
+      <c r="E215" s="2"/>
+      <c r="F215" s="2">
+        <v>2</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H215" s="2" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A216" s="2"/>
+      <c r="B216" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C216" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="D216" s="2"/>
+      <c r="E216" s="2"/>
+      <c r="F216" s="2">
+        <v>7</v>
+      </c>
+      <c r="G216" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H216" s="2" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A217" s="2"/>
+      <c r="B217" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="C217" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="D217" s="2"/>
+      <c r="E217" s="2"/>
+      <c r="F217" s="2">
+        <v>3</v>
+      </c>
+      <c r="G217" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H217" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A218" s="2"/>
+      <c r="B218" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="C218" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="D218" s="2"/>
+      <c r="E218" s="2"/>
+      <c r="F218" s="2">
+        <v>4</v>
+      </c>
+      <c r="G218" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H218" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A219" s="2"/>
+      <c r="B219" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="C219" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="D219" s="2"/>
+      <c r="E219" s="2"/>
+      <c r="F219" s="2">
+        <v>2</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H219" s="13" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A220" s="2"/>
+      <c r="B220" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="C220" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="D220" s="2"/>
+      <c r="E220" s="2"/>
+      <c r="F220" s="2">
+        <v>8</v>
+      </c>
+      <c r="G220" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H220" s="13" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A221" s="2"/>
+      <c r="B221" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="C221" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="D221" s="2"/>
+      <c r="E221" s="2"/>
+      <c r="F221" s="2">
+        <v>2</v>
+      </c>
+      <c r="G221" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H221" s="13" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A222" s="2"/>
+      <c r="B222" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="C222" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="D222" s="2"/>
+      <c r="E222" s="2"/>
+      <c r="F222" s="2">
+        <v>8</v>
+      </c>
+      <c r="G222" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H222" s="13" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A223" s="2"/>
+      <c r="B223" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="C223" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="D223" s="2"/>
+      <c r="E223" s="2"/>
+      <c r="F223" s="2">
+        <v>2</v>
+      </c>
+      <c r="G223" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H223" s="13" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A224" s="2"/>
+      <c r="B224" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="C224" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="D224" s="2"/>
+      <c r="E224" s="2"/>
+      <c r="F224" s="2">
+        <v>8</v>
+      </c>
+      <c r="G224" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H224" s="13" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A225" s="2"/>
+      <c r="B225" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="C225" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="D225" s="2"/>
+      <c r="E225" s="2"/>
+      <c r="F225" s="2">
+        <v>5</v>
+      </c>
+      <c r="G225" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H225" s="2" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A226" s="2"/>
+      <c r="B226" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="C226" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D226" s="2"/>
+      <c r="E226" s="2"/>
+      <c r="F226" s="2">
+        <v>3</v>
+      </c>
+      <c r="G226" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H226" s="2" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A227" s="2"/>
+      <c r="B227" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="C227" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="D227" s="2"/>
+      <c r="E227" s="2"/>
+      <c r="F227" s="2">
+        <v>6</v>
+      </c>
+      <c r="G227" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H227" s="2" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A228" s="2"/>
+      <c r="B228" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="C228" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D228" s="2"/>
+      <c r="E228" s="2"/>
+      <c r="F228" s="2">
+        <v>5</v>
+      </c>
+      <c r="G228" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H228" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A229" s="2"/>
+      <c r="B229" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="C229" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D229" s="2"/>
+      <c r="E229" s="2"/>
+      <c r="F229" s="2">
+        <v>7</v>
+      </c>
+      <c r="G229" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H229" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A230" s="2"/>
+      <c r="B230" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="C230" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D230" s="2"/>
+      <c r="E230" s="2"/>
+      <c r="F230" s="2">
+        <v>5</v>
+      </c>
+      <c r="G230" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H230" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A231" s="2"/>
+      <c r="B231" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C231" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D231" s="2"/>
+      <c r="E231" s="2"/>
+      <c r="F231" s="2">
+        <v>7</v>
+      </c>
+      <c r="G231" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H231" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A232" s="2"/>
+      <c r="B232" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="C232" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="D232" s="2"/>
+      <c r="E232" s="2"/>
+      <c r="F232" s="2">
+        <v>6</v>
+      </c>
+      <c r="G232" s="10" t="s">
+        <v>500</v>
+      </c>
+      <c r="H232" s="2" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A233" s="2"/>
+      <c r="B233" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="C233" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="D233" s="2"/>
+      <c r="E233" s="2"/>
+      <c r="F233" s="2">
+        <v>4</v>
+      </c>
+      <c r="G233" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H233" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A234" s="2"/>
+      <c r="B234" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="C234" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="D234" s="2"/>
+      <c r="E234" s="2"/>
+      <c r="F234" s="2">
+        <v>6</v>
+      </c>
+      <c r="G234" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H234" s="2" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A235" s="2"/>
+      <c r="B235" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="C235" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="D235" s="2"/>
+      <c r="E235" s="2"/>
+      <c r="F235" s="2">
+        <v>6</v>
+      </c>
+      <c r="G235" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H235" s="2"/>
+    </row>
+    <row r="236" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A236" s="2"/>
+      <c r="B236" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="C236" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="D236" s="2"/>
+      <c r="E236" s="2"/>
+      <c r="F236" s="2">
+        <v>7</v>
+      </c>
+      <c r="G236" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H236" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A237" s="2"/>
+      <c r="B237" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C237" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="D237" s="2"/>
+      <c r="E237" s="2"/>
+      <c r="F237" s="2">
+        <v>7</v>
+      </c>
+      <c r="G237" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H237" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A238" s="2"/>
+      <c r="B238" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="C238" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="D238" s="2"/>
+      <c r="E238" s="2"/>
+      <c r="F238" s="2">
+        <v>5</v>
+      </c>
+      <c r="G238" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H238" s="2" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A239" s="2"/>
+      <c r="B239" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="C239" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="D239" s="2"/>
+      <c r="E239" s="2"/>
+      <c r="F239" s="2">
+        <v>4</v>
+      </c>
+      <c r="G239" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H239" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A240" s="2"/>
+      <c r="B240" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="C240" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="D240" s="2"/>
+      <c r="E240" s="2"/>
+      <c r="F240" s="2">
+        <v>5</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H240" s="2"/>
+    </row>
+    <row r="241" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A241" s="2"/>
+      <c r="B241" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="C241" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="D241" s="2"/>
+      <c r="E241" s="2"/>
+      <c r="F241" s="2">
+        <v>6</v>
+      </c>
+      <c r="G241" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H241" s="2" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A242" s="2"/>
+      <c r="B242" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="D242" s="2"/>
+      <c r="E242" s="2"/>
+      <c r="F242" s="14" t="s">
+        <v>521</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H242" s="2" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A243" s="2"/>
+      <c r="B243" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="D243" s="2"/>
+      <c r="E243" s="2"/>
+      <c r="F243" s="2">
+        <v>7</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H243" s="2" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A244" s="2"/>
+      <c r="B244" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="C244" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="D244" s="2"/>
+      <c r="E244" s="2"/>
+      <c r="F244" s="2">
+        <v>7</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H244" s="2"/>
+    </row>
+    <row r="245" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A245" s="2"/>
+      <c r="B245" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="C245" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="D245" s="3"/>
+      <c r="E245" s="3"/>
+      <c r="F245" s="3"/>
+      <c r="G245" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H245" s="3" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A246" s="2"/>
+      <c r="B246" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="C246" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="D246" s="2"/>
+      <c r="E246" s="2"/>
+      <c r="F246" s="2">
+        <v>4</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H246" s="2" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A247" s="2"/>
+      <c r="B247" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="C247" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="D247" s="2"/>
+      <c r="E247" s="2"/>
+      <c r="F247" s="2">
+        <v>7</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H247" s="2" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A248" s="2"/>
+      <c r="B248" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="C248" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="D248" s="2"/>
+      <c r="E248" s="2"/>
+      <c r="F248" s="2">
+        <v>7</v>
+      </c>
+      <c r="G248" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H248" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A249" s="2"/>
+      <c r="B249" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="C249" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="D249" s="2"/>
+      <c r="E249" s="2"/>
+      <c r="F249" s="2">
+        <v>5</v>
+      </c>
+      <c r="G249" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H249" s="2" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A250" s="2"/>
+      <c r="B250" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="C250" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="D250" s="2"/>
+      <c r="E250" s="2"/>
+      <c r="F250" s="2">
+        <v>6</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H250" s="2" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A251" s="2"/>
+      <c r="B251" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="D251" s="2"/>
+      <c r="E251" s="2"/>
+      <c r="F251" s="2">
+        <v>7</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H251" s="2" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A252" s="3"/>
+      <c r="B252" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C252" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="D252" s="3"/>
+      <c r="E252" s="3"/>
+      <c r="F252" s="3"/>
+      <c r="G252" s="3"/>
+      <c r="H252" s="3" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A253" s="2"/>
+      <c r="B253" s="2">
+        <v>7</v>
+      </c>
+      <c r="C253" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="D253" s="2"/>
+      <c r="E253" s="2"/>
+      <c r="F253" s="2">
+        <v>6</v>
+      </c>
+      <c r="G253" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H253" s="2" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A254" s="2"/>
+      <c r="B254" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="D254" s="2"/>
+      <c r="E254" s="2"/>
+      <c r="F254" s="2">
+        <v>5</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H254" s="2" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A255" s="2"/>
+      <c r="B255" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="C255" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="D255" s="2"/>
+      <c r="E255" s="2"/>
+      <c r="F255" s="2">
+        <v>5</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H255" s="2"/>
+    </row>
+    <row r="256" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A256" s="2"/>
+      <c r="B256" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="C256" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="D256" s="2"/>
+      <c r="E256" s="2"/>
+      <c r="F256" s="2">
+        <v>5</v>
+      </c>
+      <c r="G256" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H256" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A257" s="2"/>
+      <c r="B257" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="D257" s="2"/>
+      <c r="E257" s="2"/>
+      <c r="F257" s="2">
+        <v>5</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H257" s="2" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A258" s="2"/>
+      <c r="B258" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="C258" s="2" t="s">
+        <v>559</v>
+      </c>
+      <c r="D258" s="2"/>
+      <c r="E258" s="2"/>
+      <c r="F258" s="2">
+        <v>7</v>
+      </c>
+      <c r="G258" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H258" s="2" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A259" s="2"/>
+      <c r="B259" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C259" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="D259" s="2"/>
+      <c r="E259" s="2"/>
+      <c r="F259" s="2">
+        <v>7</v>
+      </c>
+      <c r="G259" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H259" s="2"/>
+    </row>
+    <row r="260" spans="1:8" ht="21" x14ac:dyDescent="0.35">
+      <c r="A260" s="2"/>
+      <c r="B260" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="C260" s="2" t="s">
+        <v>562</v>
+      </c>
+      <c r="D260" s="2"/>
+      <c r="E260" s="2"/>
+      <c r="F260" s="2">
         <v>9</v>
       </c>
-      <c r="B5" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="17" t="s">
+      <c r="G260" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H260" s="2" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A261" s="2"/>
+      <c r="B261" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C261" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="D261" s="2"/>
+      <c r="E261" s="2"/>
+      <c r="F261" s="2">
         <v>5</v>
       </c>
-      <c r="D5" s="61">
-[...2 lines deleted...]
-      <c r="E5" s="57">
+      <c r="G261" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H261" s="2" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A262" s="3"/>
+      <c r="B262" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C262" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="D262" s="3"/>
+      <c r="E262" s="3"/>
+      <c r="F262" s="3"/>
+      <c r="G262" s="3"/>
+      <c r="H262" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A263" s="2"/>
+      <c r="B263" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="C263" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="D263" s="2"/>
+      <c r="E263" s="2"/>
+      <c r="F263" s="2">
+        <v>7</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H263" s="2" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A264" s="2"/>
+      <c r="B264" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="C264" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="D264" s="2"/>
+      <c r="E264" s="2"/>
+      <c r="F264" s="2">
+        <v>5</v>
+      </c>
+      <c r="G264" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H264" s="2" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A265" s="2"/>
+      <c r="B265" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="C265" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="D265" s="2"/>
+      <c r="E265" s="2"/>
+      <c r="F265" s="2">
+        <v>3</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H265" s="2" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A266" s="2"/>
+      <c r="B266" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="C266" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="D266" s="2"/>
+      <c r="E266" s="2"/>
+      <c r="F266" s="2">
+        <v>5</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H266" s="2" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A267" s="2"/>
+      <c r="B267" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="D267" s="2"/>
+      <c r="E267" s="2"/>
+      <c r="F267" s="2">
+        <v>7</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H267" s="2" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A268" s="2"/>
+      <c r="B268" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="C268" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="D268" s="2"/>
+      <c r="E268" s="2"/>
+      <c r="F268" s="2">
+        <v>6</v>
+      </c>
+      <c r="G268" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H268" s="2" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A269" s="2"/>
+      <c r="B269" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="C269" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="D269" s="2"/>
+      <c r="E269" s="2"/>
+      <c r="F269" s="2">
+        <v>7</v>
+      </c>
+      <c r="G269" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H269" s="2" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A270" s="2"/>
+      <c r="B270" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="C270" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="D270" s="2"/>
+      <c r="E270" s="2"/>
+      <c r="F270" s="2">
+        <v>7</v>
+      </c>
+      <c r="G270" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H270" s="2" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A271" s="2"/>
+      <c r="B271" s="2" t="s">
+        <v>584</v>
+      </c>
+      <c r="C271" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="D271" s="2"/>
+      <c r="E271" s="2"/>
+      <c r="F271" s="2">
+        <v>5</v>
+      </c>
+      <c r="G271" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H271" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A272" s="2"/>
+      <c r="B272" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="C272" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="D272" s="2"/>
+      <c r="E272" s="2"/>
+      <c r="F272" s="2">
+        <v>5</v>
+      </c>
+      <c r="G272" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H272" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A273" s="2"/>
+      <c r="B273" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="C273" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="D273" s="2"/>
+      <c r="E273" s="2"/>
+      <c r="F273" s="2">
+        <v>6</v>
+      </c>
+      <c r="G273" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H273" s="2"/>
+    </row>
+    <row r="274" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A274" s="2"/>
+      <c r="B274" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="C274" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="D274" s="2"/>
+      <c r="E274" s="2"/>
+      <c r="F274" s="2">
+        <v>5</v>
+      </c>
+      <c r="G274" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H274" s="2" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A275" s="2"/>
+      <c r="B275" s="2" t="s">
+        <v>591</v>
+      </c>
+      <c r="C275" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="D275" s="2"/>
+      <c r="E275" s="2"/>
+      <c r="F275" s="2">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="17" t="s">
+      <c r="G275" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B6" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="17" t="s">
+      <c r="H275" s="2" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A276" s="2"/>
+      <c r="B276" s="2">
+        <v>461</v>
+      </c>
+      <c r="C276" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="D276" s="2"/>
+      <c r="E276" s="2"/>
+      <c r="F276" s="2">
+        <v>3</v>
+      </c>
+      <c r="G276" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="H276" s="2" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A277" s="2"/>
+      <c r="B277" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="C277" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="D277" s="2"/>
+      <c r="E277" s="2"/>
+      <c r="F277" s="2">
+        <v>4</v>
+      </c>
+      <c r="G277" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="H277" s="2" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A278" s="2"/>
+      <c r="B278" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="C278" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="D278" s="2"/>
+      <c r="E278" s="2"/>
+      <c r="F278" s="2">
+        <v>4</v>
+      </c>
+      <c r="G278" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H278" s="2" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A279" s="2"/>
+      <c r="B279" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="C279" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="D279" s="2"/>
+      <c r="E279" s="2"/>
+      <c r="F279" s="2">
         <v>5</v>
       </c>
-      <c r="D6" s="61">
-[...7 lines deleted...]
-      <c r="A7" s="17" t="s">
+      <c r="G279" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H279" s="2" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A280" s="2"/>
+      <c r="B280" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="C280" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="D280" s="2"/>
+      <c r="E280" s="2"/>
+      <c r="F280" s="2">
+        <v>7</v>
+      </c>
+      <c r="G280" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H280" s="2" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A281" s="2"/>
+      <c r="B281" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="C281" s="2" t="s">
+        <v>604</v>
+      </c>
+      <c r="D281" s="2"/>
+      <c r="E281" s="2"/>
+      <c r="F281" s="2">
+        <v>6</v>
+      </c>
+      <c r="G281" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H281" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A282" s="2"/>
+      <c r="B282" s="2">
+        <v>403</v>
+      </c>
+      <c r="C282" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="D282" s="2"/>
+      <c r="E282" s="2"/>
+      <c r="F282" s="2">
+        <v>4</v>
+      </c>
+      <c r="G282" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H282" s="2" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A283" s="3"/>
+      <c r="B283" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="C283" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="D283" s="3"/>
+      <c r="E283" s="3"/>
+      <c r="F283" s="3"/>
+      <c r="G283" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="H283" s="3" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A284" s="2"/>
+      <c r="B284" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="C284" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="D284" s="2"/>
+      <c r="E284" s="2"/>
+      <c r="F284" s="2">
+        <v>4</v>
+      </c>
+      <c r="G284" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H284" s="2" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A285" s="2"/>
+      <c r="B285" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="C285" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="D285" s="2"/>
+      <c r="E285" s="2"/>
+      <c r="F285" s="2">
+        <v>6</v>
+      </c>
+      <c r="G285" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H285" s="2" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A286" s="5"/>
+      <c r="B286" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C286" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="D286" s="2"/>
+      <c r="E286" s="15"/>
+      <c r="F286" s="15">
+        <v>7</v>
+      </c>
+      <c r="G286" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H286" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B7" s="17" t="s">
-[...378 lines deleted...]
-      </c>
+    </row>
+    <row r="287" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A287" s="2"/>
+      <c r="B287" s="2"/>
+      <c r="C287" s="2"/>
+      <c r="D287" s="2"/>
+      <c r="E287" s="16" t="s">
+        <v>613</v>
+      </c>
+      <c r="F287" s="16">
+        <v>250</v>
+      </c>
+      <c r="G287" s="2"/>
+      <c r="H287" s="2"/>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-[...2963 lines deleted...]
-  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="D106:H106"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F19"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F1CDBED-BE32-49BC-82FB-D4FECE2DEB17}">
+  <dimension ref="A1:J396"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="D22" sqref="D22"/>
+    <sheetView topLeftCell="A36" workbookViewId="0">
+      <selection activeCell="E137" sqref="E137"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="33.42578125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="9" width="14.1796875" customWidth="1"/>
+    <col min="10" max="10" width="28.08984375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:10" ht="21" x14ac:dyDescent="0.35">
+      <c r="A1" s="19" t="s">
+        <v>676</v>
+      </c>
+      <c r="B1" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="C1" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="D1" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="E1" s="19" t="s">
         <v>3</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
+      <c r="F1" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A2" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="E2" s="2"/>
       <c r="F2" s="2"/>
-    </row>
-[...12 lines deleted...]
-      </c>
+      <c r="G2" s="2">
+        <v>1</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="J2" s="18"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A3" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="E3" s="2"/>
       <c r="F3" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G3" s="2">
+        <v>3</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="J3" s="18"/>
+    </row>
+    <row r="4" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A4" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2">
+        <v>4</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I4" s="2"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A5" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2">
+        <v>2</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I5" s="2"/>
+      <c r="J5" s="18"/>
+    </row>
+    <row r="6" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A6" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2">
+        <v>5</v>
+      </c>
+      <c r="H6" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I6" s="2"/>
+      <c r="J6" s="18"/>
+    </row>
+    <row r="7" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A7" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2">
+        <v>7</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I7" s="2"/>
+      <c r="J7" s="18"/>
+    </row>
+    <row r="8" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A8" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2">
+        <v>2</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I8" s="2"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A9" s="17" t="s">
         <v>41</v>
       </c>
-      <c r="C4" t="s">
-[...94 lines deleted...]
-      <c r="B12" t="s">
+      <c r="B9" s="2"/>
+      <c r="C9" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2">
+        <v>1</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="J9" s="18"/>
+    </row>
+    <row r="10" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A10" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2">
+        <v>2</v>
+      </c>
+      <c r="H10" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A11" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2">
+        <v>3</v>
+      </c>
+      <c r="H11" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="J11" s="18"/>
+    </row>
+    <row r="12" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A12" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2">
+        <v>7</v>
+      </c>
+      <c r="H12" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="I12" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="J12" s="18"/>
+    </row>
+    <row r="13" spans="1:10" ht="50" x14ac:dyDescent="0.35">
+      <c r="A13" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="C12" t="s">
-[...63 lines deleted...]
-      <c r="A17" t="s">
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2">
+        <v>6</v>
+      </c>
+      <c r="H13" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="I13" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="J13" s="18"/>
+    </row>
+    <row r="14" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A14" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2">
+        <v>3</v>
+      </c>
+      <c r="H14" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="I14" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="J14" s="18"/>
+    </row>
+    <row r="15" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A15" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2">
+        <v>7</v>
+      </c>
+      <c r="H15" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="J15" s="18"/>
+    </row>
+    <row r="16" spans="1:10" ht="60" x14ac:dyDescent="0.35">
+      <c r="A16" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2">
+        <v>6</v>
+      </c>
+      <c r="H16" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="J16" s="18"/>
+    </row>
+    <row r="17" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A17" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2">
+        <v>7</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="J17" s="18"/>
+    </row>
+    <row r="18" spans="1:10" ht="40" x14ac:dyDescent="0.35">
+      <c r="A18" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2">
+        <v>1</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I18" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="J18" s="18"/>
+    </row>
+    <row r="19" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A19" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2">
+        <v>6</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="I19" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="J19" s="18"/>
+    </row>
+    <row r="20" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A20" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2">
+        <v>6</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="I20" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A21" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2">
+        <v>7</v>
+      </c>
+      <c r="H21" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I21" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="J21" s="18"/>
+    </row>
+    <row r="22" spans="1:10" ht="40" x14ac:dyDescent="0.35">
+      <c r="A22" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2">
+        <v>6</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="I22" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="50" x14ac:dyDescent="0.35">
+      <c r="A23" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2" t="s">
+        <v>702</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2">
+        <v>3</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I23" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="223.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2">
+        <v>1</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I24" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="J24" s="76" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A25" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2">
+        <v>7</v>
+      </c>
+      <c r="H25" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I25" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="J25" s="76"/>
+    </row>
+    <row r="26" spans="1:10" ht="50" x14ac:dyDescent="0.35">
+      <c r="A26" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2">
+        <v>3</v>
+      </c>
+      <c r="H26" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="I26" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="J26" s="18"/>
+    </row>
+    <row r="27" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A27" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>711</v>
+      </c>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2">
+        <v>4</v>
+      </c>
+      <c r="H27" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I27" s="2" t="s">
+        <v>712</v>
+      </c>
+      <c r="J27" s="18"/>
+    </row>
+    <row r="28" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A28" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2">
+        <v>5</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I28" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="J28" s="18"/>
+    </row>
+    <row r="29" spans="1:10" ht="50" x14ac:dyDescent="0.35">
+      <c r="A29" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2" t="s">
+        <v>714</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2">
+        <v>4</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I29" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="J29" s="18"/>
+    </row>
+    <row r="30" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A30" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>716</v>
+      </c>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2">
+        <v>1</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I30" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="J30" s="18"/>
+    </row>
+    <row r="31" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A31" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2">
+        <v>2</v>
+      </c>
+      <c r="H31" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I31" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="J31" s="18"/>
+    </row>
+    <row r="32" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A32" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2" t="s">
+        <v>721</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2">
+        <v>4</v>
+      </c>
+      <c r="H32" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I32" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="J32" s="18"/>
+    </row>
+    <row r="33" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A33" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2">
+        <v>5</v>
+      </c>
+      <c r="H33" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I33" s="2" t="s">
+        <v>726</v>
+      </c>
+      <c r="J33" s="18"/>
+    </row>
+    <row r="34" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A34" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2">
+        <v>7</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I34" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="J34" s="18"/>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A35" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2">
+        <v>3</v>
+      </c>
+      <c r="H35" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I35" s="2" t="s">
+        <v>728</v>
+      </c>
+      <c r="J35" s="18"/>
+    </row>
+    <row r="36" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A36" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2">
+        <v>4</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="I36" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="J36" s="18"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A37" s="17" t="s">
+        <v>730</v>
+      </c>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>732</v>
+      </c>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2">
+        <v>2</v>
+      </c>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+      <c r="J37" s="2"/>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A38" s="17" t="s">
+        <v>730</v>
+      </c>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>732</v>
+      </c>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2">
+        <v>3</v>
+      </c>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+      <c r="J38" s="2"/>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A39" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2">
+        <v>7</v>
+      </c>
+      <c r="H39" s="2" t="s">
+        <v>733</v>
+      </c>
+      <c r="I39" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="J39" s="2"/>
+    </row>
+    <row r="40" spans="1:10" ht="50" x14ac:dyDescent="0.35">
+      <c r="A40" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2">
+        <v>5</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I40" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="J40" s="2"/>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A41" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2">
+        <v>5</v>
+      </c>
+      <c r="H41" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I41" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="J41" s="2"/>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A42" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2">
+        <v>2</v>
+      </c>
+      <c r="H42" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="I42" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="J42" s="2"/>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A43" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2">
+        <v>4</v>
+      </c>
+      <c r="H43" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I43" s="2" t="s">
+        <v>742</v>
+      </c>
+      <c r="J43" s="2"/>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A44" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2" t="s">
+        <v>743</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2">
+        <v>1</v>
+      </c>
+      <c r="H44" s="10" t="s">
+        <v>609</v>
+      </c>
+      <c r="I44" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="J44" s="2"/>
+    </row>
+    <row r="45" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A45" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B45" s="2"/>
+      <c r="C45" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2"/>
+      <c r="G45" s="2">
+        <v>7</v>
+      </c>
+      <c r="H45" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="I45" s="2" t="s">
+        <v>745</v>
+      </c>
+      <c r="J45" s="2"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A46" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B46" s="2"/>
+      <c r="C46" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2">
+        <v>5</v>
+      </c>
+      <c r="H46" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="I46" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="J46" s="2"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A47" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>660</v>
+      </c>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2">
+        <v>1</v>
+      </c>
+      <c r="H47" s="10" t="s">
+        <v>609</v>
+      </c>
+      <c r="I47" s="2" t="s">
+        <v>748</v>
+      </c>
+      <c r="J47" s="2"/>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A48" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2">
+        <v>2</v>
+      </c>
+      <c r="H48" s="10"/>
+      <c r="I48" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="J48" s="2"/>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A49" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2">
+        <v>4</v>
+      </c>
+      <c r="H49" s="10"/>
+      <c r="I49" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="J49" s="2"/>
+    </row>
+    <row r="50" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A50" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2" t="s">
+        <v>751</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2">
+        <v>3</v>
+      </c>
+      <c r="H50" s="10"/>
+      <c r="I50" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="J50" s="2"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A51" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="B51" s="2"/>
+      <c r="C51" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2"/>
+      <c r="G51" s="2">
+        <v>2</v>
+      </c>
+      <c r="H51" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="I51" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="J51" s="2"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A52" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="B52" s="2"/>
+      <c r="C52" s="2" t="s">
+        <v>753</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2">
+        <v>1</v>
+      </c>
+      <c r="H52" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="I52" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="J52" s="2"/>
+    </row>
+    <row r="53" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A53" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2" t="s">
+        <v>755</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E53" s="14"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2">
+        <v>3</v>
+      </c>
+      <c r="H53" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I53" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="J53" s="2"/>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A54" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="E54" s="14"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2">
+        <v>7</v>
+      </c>
+      <c r="H54" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="J54" s="2"/>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A55" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2">
+        <v>3</v>
+      </c>
+      <c r="H55" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I55" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="J55" s="2"/>
+    </row>
+    <row r="56" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A56" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B56" s="2"/>
+      <c r="C56" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2">
+        <v>4</v>
+      </c>
+      <c r="H56" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="I56" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="J56" s="2"/>
+    </row>
+    <row r="57" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A57" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B57" s="2"/>
+      <c r="C57" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2"/>
+      <c r="G57" s="2">
+        <v>5</v>
+      </c>
+      <c r="H57" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I57" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="J57" s="2"/>
+    </row>
+    <row r="58" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A58" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="E58" s="14"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2">
+        <v>1</v>
+      </c>
+      <c r="H58" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I58" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="J58" s="2"/>
+    </row>
+    <row r="59" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A59" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B59" s="2"/>
+      <c r="C59" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2">
+        <v>4</v>
+      </c>
+      <c r="H59" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="I59" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="J59" s="2"/>
+    </row>
+    <row r="60" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A60" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B60" s="2"/>
+      <c r="C60" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="E60" s="14"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2">
+        <v>4</v>
+      </c>
+      <c r="H60" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I60" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="J60" s="2" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A61" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>771</v>
+      </c>
+      <c r="E61" s="14"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2">
+        <v>7</v>
+      </c>
+      <c r="H61" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I61" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="J61" s="2" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A62" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>771</v>
+      </c>
+      <c r="E62" s="14"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2">
+        <v>2</v>
+      </c>
+      <c r="H62" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I62" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="J62" s="2" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A63" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B63" s="2"/>
+      <c r="C63" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="E63" s="14"/>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2">
+        <v>1</v>
+      </c>
+      <c r="H63" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I63" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="J63" s="2"/>
+    </row>
+    <row r="64" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A64" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2" t="s">
+        <v>774</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="E64" s="14"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2">
+        <v>7</v>
+      </c>
+      <c r="H64" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I64" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="J64" s="2"/>
+    </row>
+    <row r="65" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A65" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="E65" s="14"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2">
+        <v>2</v>
+      </c>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="J65" s="2"/>
+    </row>
+    <row r="66" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A66" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B66" s="2"/>
+      <c r="C66" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="E66" s="14"/>
+      <c r="F66" s="2"/>
+      <c r="G66" s="2">
+        <v>3</v>
+      </c>
+      <c r="H66" s="2"/>
+      <c r="I66" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="J66" s="2"/>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A67" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B67" s="2"/>
+      <c r="C67" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>778</v>
+      </c>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2">
+        <v>5</v>
+      </c>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="J67" s="2"/>
+    </row>
+    <row r="68" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A68" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B68" s="2"/>
+      <c r="C68" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2">
+        <v>3</v>
+      </c>
+      <c r="H68" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="I68" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="J68" s="2"/>
+    </row>
+    <row r="69" spans="1:10" ht="40" x14ac:dyDescent="0.35">
+      <c r="A69" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B69" s="2"/>
+      <c r="C69" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>781</v>
+      </c>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2">
+        <v>7</v>
+      </c>
+      <c r="H69" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="I69" s="2" t="s">
+        <v>782</v>
+      </c>
+      <c r="J69" s="2"/>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A70" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B70" s="2"/>
+      <c r="C70" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2">
+        <v>1</v>
+      </c>
+      <c r="H70" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="I70" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="J70" s="2"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A71" s="17"/>
+      <c r="B71" s="2"/>
+      <c r="C71" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2">
+        <v>2</v>
+      </c>
+      <c r="H71" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="I71" s="2" t="s">
+        <v>786</v>
+      </c>
+      <c r="J71" s="2"/>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A72" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>788</v>
+      </c>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2">
+        <v>4</v>
+      </c>
+      <c r="H72" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I72" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="J72" s="2"/>
+    </row>
+    <row r="73" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A73" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B73" s="2"/>
+      <c r="C73" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2">
+        <v>5</v>
+      </c>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="J73" s="2"/>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A74" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2">
+        <v>5</v>
+      </c>
+      <c r="H74" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I74" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="J74" s="2"/>
+    </row>
+    <row r="75" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A75" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2">
+        <v>4</v>
+      </c>
+      <c r="H75" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I75" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="J75" s="2"/>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A76" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B76" s="2"/>
+      <c r="C76" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>794</v>
+      </c>
+      <c r="E76" s="2"/>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2">
+        <v>7</v>
+      </c>
+      <c r="H76" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="I76" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="J76" s="2"/>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A77" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B77" s="2"/>
+      <c r="C77" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="E77" s="2"/>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2">
+        <v>4</v>
+      </c>
+      <c r="H77" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I77" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="J77" s="2"/>
+    </row>
+    <row r="78" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A78" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B78" s="2"/>
+      <c r="C78" s="2" t="s">
+        <v>797</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="E78" s="2"/>
+      <c r="F78" s="2"/>
+      <c r="G78" s="2">
+        <v>1</v>
+      </c>
+      <c r="H78" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I78" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="J78" s="2"/>
+    </row>
+    <row r="79" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B79" s="2"/>
+      <c r="C79" s="2" t="s">
+        <v>799</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="E79" s="2"/>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2">
+        <v>2</v>
+      </c>
+      <c r="H79" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I79" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="J79" s="72"/>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A80" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>800</v>
+      </c>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2">
+        <v>3</v>
+      </c>
+      <c r="H80" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="I80" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="J80" s="2"/>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A81" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B81" s="2"/>
+      <c r="C81" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2">
+        <v>7</v>
+      </c>
+      <c r="H81" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I81" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="J81" s="2"/>
+    </row>
+    <row r="82" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A82" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2">
+        <v>1</v>
+      </c>
+      <c r="H82" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="I82" s="2" t="s">
+        <v>803</v>
+      </c>
+      <c r="J82" s="2"/>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A83" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2">
+        <v>2</v>
+      </c>
+      <c r="H83" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I83" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="J83" s="2"/>
+    </row>
+    <row r="84" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A84" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B84" s="2"/>
+      <c r="C84" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2">
+        <v>4</v>
+      </c>
+      <c r="H84" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I84" s="2" t="s">
+        <v>805</v>
+      </c>
+      <c r="J84" s="2"/>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A85" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2">
+        <v>7</v>
+      </c>
+      <c r="H85" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I85" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="J85" s="2"/>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A86" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B86" s="2"/>
+      <c r="C86" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2">
+        <v>7</v>
+      </c>
+      <c r="H86" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I86" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="J86" s="2"/>
+    </row>
+    <row r="87" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A87" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B87" s="2"/>
+      <c r="C87" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2">
+        <v>1</v>
+      </c>
+      <c r="H87" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I87" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="J87" s="2"/>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A88" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B88" s="2"/>
+      <c r="C88" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2">
+        <v>7</v>
+      </c>
+      <c r="H88" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I88" s="2" t="s">
+        <v>712</v>
+      </c>
+      <c r="J88" s="2"/>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A89" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B89" s="2"/>
+      <c r="C89" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2">
+        <v>1</v>
+      </c>
+      <c r="H89" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I89" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="J89" s="2"/>
+    </row>
+    <row r="90" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A90" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2">
+        <v>2</v>
+      </c>
+      <c r="H90" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I90" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="J90" s="2"/>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A91" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B91" s="2"/>
+      <c r="C91" s="2" t="s">
+        <v>815</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2"/>
+      <c r="G91" s="2">
+        <v>4</v>
+      </c>
+      <c r="H91" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="I91" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="J91" s="2"/>
+    </row>
+    <row r="92" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A92" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B92" s="2"/>
+      <c r="C92" s="2" t="s">
+        <v>816</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2">
+        <v>2</v>
+      </c>
+      <c r="H92" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I92" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="J92" s="2"/>
+    </row>
+    <row r="93" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A93" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B93" s="2"/>
+      <c r="C93" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="E93" s="2"/>
+      <c r="F93" s="2"/>
+      <c r="G93" s="2">
+        <v>7</v>
+      </c>
+      <c r="H93" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I93" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="J93" s="2"/>
+    </row>
+    <row r="94" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A94" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B94" s="2"/>
+      <c r="C94" s="2" t="s">
+        <v>820</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="E94" s="2"/>
+      <c r="F94" s="2"/>
+      <c r="G94" s="2">
+        <v>2</v>
+      </c>
+      <c r="H94" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I94" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="J94" s="2"/>
+    </row>
+    <row r="95" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A95" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B95" s="2"/>
+      <c r="C95" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2"/>
+      <c r="G95" s="2">
+        <v>3</v>
+      </c>
+      <c r="H95" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="I95" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="J95" s="2"/>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A96" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B96" s="2"/>
+      <c r="C96" s="2" t="s">
+        <v>823</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="E96" s="2"/>
+      <c r="F96" s="2"/>
+      <c r="G96" s="2">
+        <v>7</v>
+      </c>
+      <c r="H96" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I96" s="2" t="s">
+        <v>825</v>
+      </c>
+      <c r="J96" s="2"/>
+    </row>
+    <row r="97" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A97" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B97" s="2"/>
+      <c r="C97" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="E97" s="2"/>
+      <c r="F97" s="2"/>
+      <c r="G97" s="2">
+        <v>2</v>
+      </c>
+      <c r="H97" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I97" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="J97" s="2"/>
+    </row>
+    <row r="98" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A98" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B98" s="2"/>
+      <c r="C98" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>827</v>
+      </c>
+      <c r="E98" s="2"/>
+      <c r="F98" s="2"/>
+      <c r="G98" s="2">
+        <v>4</v>
+      </c>
+      <c r="H98" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I98" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="J98" s="2"/>
+    </row>
+    <row r="99" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A99" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B99" s="2"/>
+      <c r="C99" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>829</v>
+      </c>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2">
+        <v>4</v>
+      </c>
+      <c r="H99" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I99" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="J99" s="2"/>
+    </row>
+    <row r="100" spans="1:10" ht="30" x14ac:dyDescent="0.35">
+      <c r="A100" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2" t="s">
+        <v>831</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>829</v>
+      </c>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2">
+        <v>2</v>
+      </c>
+      <c r="H100" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I100" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="J100" s="2"/>
+    </row>
+    <row r="101" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A101" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B101" s="2"/>
+      <c r="C101" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2">
+        <v>1</v>
+      </c>
+      <c r="H101" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="I101" s="2" t="s">
+        <v>833</v>
+      </c>
+      <c r="J101" s="2"/>
+    </row>
+    <row r="102" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A102" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B102" s="2"/>
+      <c r="C102" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2">
+        <v>3</v>
+      </c>
+      <c r="H102" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I102" s="2" t="s">
+        <v>825</v>
+      </c>
+      <c r="J102" s="2"/>
+    </row>
+    <row r="103" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A103" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>834</v>
+      </c>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2">
+        <v>4</v>
+      </c>
+      <c r="H103" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I103" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="J103" s="2"/>
+    </row>
+    <row r="104" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A104" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B104" s="2"/>
+      <c r="C104" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="E104" s="2"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2">
+        <v>4</v>
+      </c>
+      <c r="H104" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I104" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="J104" s="2"/>
+    </row>
+    <row r="105" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A105" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="B17" t="s">
-[...30 lines deleted...]
-    </row>
+      <c r="D105" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2">
+        <v>2</v>
+      </c>
+      <c r="H105" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I105" s="2" t="s">
+        <v>836</v>
+      </c>
+      <c r="J105" s="2"/>
+    </row>
+    <row r="106" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A106" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B106" s="2"/>
+      <c r="C106" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>827</v>
+      </c>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2">
+        <v>2</v>
+      </c>
+      <c r="H106" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I106" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="J106" s="2"/>
+    </row>
+    <row r="107" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A107" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B107" s="2"/>
+      <c r="C107" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2">
+        <v>3</v>
+      </c>
+      <c r="H107" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="I107" s="2" t="s">
+        <v>837</v>
+      </c>
+      <c r="J107" s="2" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A108" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B108" s="2"/>
+      <c r="C108" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2">
+        <v>4</v>
+      </c>
+      <c r="H108" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="I108" s="2" t="s">
+        <v>837</v>
+      </c>
+      <c r="J108" s="2" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A109" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2">
+        <v>3</v>
+      </c>
+      <c r="H109" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="I109" s="2" t="s">
+        <v>837</v>
+      </c>
+      <c r="J109" s="2" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A110" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B110" s="2"/>
+      <c r="C110" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2">
+        <v>3</v>
+      </c>
+      <c r="H110" s="2"/>
+      <c r="I110" s="2" t="s">
+        <v>840</v>
+      </c>
+      <c r="J110" s="2" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A111" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2" t="s">
+        <v>841</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2">
+        <v>1</v>
+      </c>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="J111" s="2" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A112" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B112" s="2"/>
+      <c r="C112" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2"/>
+      <c r="G112" s="2">
+        <v>3</v>
+      </c>
+      <c r="H112" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I112" s="2" t="s">
+        <v>843</v>
+      </c>
+      <c r="J112" s="2" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A113" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B113" s="2"/>
+      <c r="C113" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2">
+        <v>1</v>
+      </c>
+      <c r="H113" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I113" s="2" t="s">
+        <v>845</v>
+      </c>
+      <c r="J113" s="2"/>
+    </row>
+    <row r="114" spans="1:10" ht="20" x14ac:dyDescent="0.35">
+      <c r="A114" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B114" s="2"/>
+      <c r="C114" s="2" t="s">
+        <v>846</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>847</v>
+      </c>
+      <c r="E114" s="2"/>
+      <c r="F114" s="2"/>
+      <c r="G114" s="2">
+        <v>1</v>
+      </c>
+      <c r="H114" s="2"/>
+      <c r="I114" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="J114" s="2"/>
+    </row>
+    <row r="115" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A115" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B115" s="2"/>
+      <c r="C115" s="2" t="s">
+        <v>848</v>
+      </c>
+      <c r="D115" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="E115" s="2"/>
+      <c r="F115" s="2"/>
+      <c r="G115" s="2">
+        <v>3</v>
+      </c>
+      <c r="H115" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I115" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="J115" s="2"/>
+    </row>
+    <row r="116" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A116" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B116" s="2"/>
+      <c r="C116" s="2" t="s">
+        <v>849</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I116" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="J116" s="2"/>
+    </row>
+    <row r="117" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A117" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B117" s="2"/>
+      <c r="C117" s="2" t="s">
+        <v>850</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="E117" s="2"/>
+      <c r="F117" s="2"/>
+      <c r="G117" s="2"/>
+      <c r="H117" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I117" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="J117" s="2"/>
+    </row>
+    <row r="118" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A118" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B118" s="2"/>
+      <c r="C118" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="E118" s="2"/>
+      <c r="F118" s="2"/>
+      <c r="G118" s="2"/>
+      <c r="H118" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I118" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="J118" s="2"/>
+    </row>
+    <row r="119" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A119" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B119" s="2"/>
+      <c r="C119" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2"/>
+      <c r="G119" s="2"/>
+      <c r="H119" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I119" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="J119" s="2"/>
+    </row>
+    <row r="120" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A120" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B120" s="2"/>
+      <c r="C120" s="2" t="s">
+        <v>851</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2">
+        <v>1</v>
+      </c>
+      <c r="H120" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I120" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="J120" s="2"/>
+    </row>
+    <row r="121" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A121" s="70"/>
+      <c r="B121" s="70"/>
+      <c r="C121" s="70"/>
+      <c r="D121" s="70"/>
+      <c r="E121" s="70"/>
+      <c r="F121" s="70"/>
+      <c r="G121" s="70"/>
+      <c r="H121" s="70"/>
+      <c r="I121" s="70"/>
+      <c r="J121" s="70"/>
+    </row>
+    <row r="122" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A122" s="70"/>
+      <c r="B122" s="70"/>
+      <c r="C122" s="70"/>
+      <c r="D122" s="70"/>
+      <c r="E122" s="70"/>
+      <c r="F122" s="70"/>
+      <c r="G122" s="70"/>
+      <c r="H122" s="70"/>
+      <c r="I122" s="70"/>
+      <c r="J122" s="70"/>
+    </row>
+    <row r="123" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A123" s="70"/>
+      <c r="B123" s="70"/>
+      <c r="C123" s="70"/>
+      <c r="D123" s="70"/>
+      <c r="E123" s="70"/>
+      <c r="F123" s="70"/>
+      <c r="G123" s="70"/>
+      <c r="H123" s="70"/>
+      <c r="I123" s="70"/>
+      <c r="J123" s="70"/>
+    </row>
+    <row r="124" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A124" s="70"/>
+      <c r="B124" s="70"/>
+      <c r="C124" s="70"/>
+      <c r="D124" s="70"/>
+      <c r="E124" s="70"/>
+      <c r="F124" s="70"/>
+      <c r="G124" s="70"/>
+      <c r="H124" s="70"/>
+      <c r="I124" s="70"/>
+      <c r="J124" s="70"/>
+    </row>
+    <row r="125" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A125" s="70"/>
+      <c r="B125" s="70"/>
+      <c r="C125" s="70"/>
+      <c r="D125" s="70"/>
+      <c r="E125" s="70"/>
+      <c r="F125" s="70"/>
+      <c r="G125" s="70"/>
+      <c r="H125" s="70"/>
+      <c r="I125" s="70"/>
+      <c r="J125" s="70"/>
+    </row>
+    <row r="126" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A126" s="70"/>
+      <c r="B126" s="70"/>
+      <c r="C126" s="70"/>
+      <c r="D126" s="70"/>
+      <c r="E126" s="70"/>
+      <c r="F126" s="70"/>
+      <c r="G126" s="70"/>
+      <c r="H126" s="70"/>
+      <c r="I126" s="70"/>
+      <c r="J126" s="70"/>
+    </row>
+    <row r="127" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A127" s="70"/>
+      <c r="B127" s="70"/>
+      <c r="C127" s="70"/>
+      <c r="D127" s="70"/>
+      <c r="E127" s="70"/>
+      <c r="F127" s="70"/>
+      <c r="G127" s="70"/>
+      <c r="H127" s="70"/>
+      <c r="I127" s="70"/>
+      <c r="J127" s="70"/>
+    </row>
+    <row r="128" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A128" s="70"/>
+      <c r="B128" s="70"/>
+      <c r="C128" s="70"/>
+      <c r="D128" s="70"/>
+      <c r="E128" s="70"/>
+      <c r="F128" s="70"/>
+      <c r="G128" s="70"/>
+      <c r="H128" s="70"/>
+      <c r="I128" s="70"/>
+      <c r="J128" s="70"/>
+    </row>
+    <row r="129" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A129" s="70"/>
+      <c r="B129" s="70"/>
+      <c r="C129" s="70"/>
+      <c r="D129" s="70"/>
+      <c r="E129" s="70"/>
+      <c r="F129" s="70"/>
+      <c r="G129" s="70"/>
+      <c r="H129" s="70"/>
+      <c r="I129" s="70"/>
+      <c r="J129" s="70"/>
+    </row>
+    <row r="130" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A130" s="70"/>
+      <c r="B130" s="70"/>
+      <c r="C130" s="70"/>
+      <c r="D130" s="70"/>
+      <c r="E130" s="70"/>
+      <c r="F130" s="70"/>
+      <c r="G130" s="70"/>
+      <c r="H130" s="70"/>
+      <c r="I130" s="70"/>
+      <c r="J130" s="70"/>
+    </row>
+    <row r="131" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A131" s="70"/>
+      <c r="B131" s="70"/>
+      <c r="C131" s="70"/>
+      <c r="D131" s="70"/>
+      <c r="E131" s="70"/>
+      <c r="F131" s="70"/>
+      <c r="G131" s="70"/>
+      <c r="H131" s="70"/>
+      <c r="I131" s="70"/>
+      <c r="J131" s="70"/>
+    </row>
+    <row r="132" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A132" s="70"/>
+      <c r="B132" s="70"/>
+      <c r="C132" s="70"/>
+      <c r="D132" s="70"/>
+      <c r="E132" s="70"/>
+      <c r="F132" s="70"/>
+      <c r="G132" s="70"/>
+      <c r="H132" s="70"/>
+      <c r="I132" s="70"/>
+      <c r="J132" s="70"/>
+    </row>
+    <row r="133" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A133" s="70"/>
+      <c r="B133" s="70"/>
+      <c r="C133" s="70"/>
+      <c r="D133" s="70"/>
+      <c r="E133" s="70"/>
+      <c r="F133" s="70"/>
+      <c r="G133" s="70"/>
+      <c r="H133" s="70"/>
+      <c r="I133" s="70"/>
+      <c r="J133" s="70"/>
+    </row>
+    <row r="134" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A134" s="70"/>
+      <c r="B134" s="70"/>
+      <c r="C134" s="70"/>
+      <c r="D134" s="70"/>
+      <c r="E134" s="70"/>
+      <c r="F134" s="70"/>
+      <c r="G134" s="70"/>
+      <c r="H134" s="70"/>
+      <c r="I134" s="70"/>
+      <c r="J134" s="70"/>
+    </row>
+    <row r="135" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A135" s="70"/>
+      <c r="B135" s="70"/>
+      <c r="C135" s="70"/>
+      <c r="D135" s="70"/>
+      <c r="E135" s="70"/>
+      <c r="F135" s="70"/>
+      <c r="G135" s="70"/>
+      <c r="H135" s="70"/>
+      <c r="I135" s="70"/>
+      <c r="J135" s="70"/>
+    </row>
+    <row r="136" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A136" s="70"/>
+      <c r="B136" s="70"/>
+      <c r="C136" s="70"/>
+      <c r="D136" s="70"/>
+      <c r="E136" s="70"/>
+      <c r="F136" s="70"/>
+      <c r="G136" s="70"/>
+      <c r="H136" s="70"/>
+      <c r="I136" s="70"/>
+      <c r="J136" s="70"/>
+    </row>
+    <row r="137" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A137" s="70"/>
+      <c r="B137" s="70"/>
+      <c r="C137" s="70"/>
+      <c r="D137" s="70"/>
+      <c r="E137" s="70"/>
+      <c r="F137" s="70"/>
+      <c r="G137" s="70"/>
+      <c r="H137" s="70"/>
+      <c r="I137" s="70"/>
+      <c r="J137" s="70"/>
+    </row>
+    <row r="138" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A138" s="70"/>
+      <c r="B138" s="70"/>
+      <c r="C138" s="70"/>
+      <c r="D138" s="70"/>
+      <c r="E138" s="70"/>
+      <c r="F138" s="70"/>
+      <c r="G138" s="70"/>
+      <c r="H138" s="70"/>
+      <c r="I138" s="70"/>
+      <c r="J138" s="70"/>
+    </row>
+    <row r="139" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A139" s="70"/>
+      <c r="B139" s="70"/>
+      <c r="C139" s="70"/>
+      <c r="D139" s="70"/>
+      <c r="E139" s="70"/>
+      <c r="F139" s="70"/>
+      <c r="G139" s="70"/>
+      <c r="H139" s="70"/>
+      <c r="I139" s="70"/>
+      <c r="J139" s="70"/>
+    </row>
+    <row r="140" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A140" s="70"/>
+      <c r="B140" s="70"/>
+      <c r="C140" s="70"/>
+      <c r="D140" s="70"/>
+      <c r="E140" s="70"/>
+      <c r="F140" s="70"/>
+      <c r="G140" s="70"/>
+      <c r="H140" s="70"/>
+      <c r="I140" s="70"/>
+      <c r="J140" s="70"/>
+    </row>
+    <row r="141" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A141" s="70"/>
+      <c r="B141" s="70"/>
+      <c r="C141" s="70"/>
+      <c r="D141" s="70"/>
+      <c r="E141" s="70"/>
+      <c r="F141" s="70"/>
+      <c r="G141" s="70"/>
+      <c r="H141" s="70"/>
+      <c r="I141" s="70"/>
+      <c r="J141" s="70"/>
+    </row>
+    <row r="142" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A142" s="70"/>
+      <c r="B142" s="70"/>
+      <c r="C142" s="70"/>
+      <c r="D142" s="70"/>
+      <c r="E142" s="70"/>
+      <c r="F142" s="70"/>
+      <c r="G142" s="70"/>
+      <c r="H142" s="70"/>
+      <c r="I142" s="70"/>
+      <c r="J142" s="70"/>
+    </row>
+    <row r="143" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A143" s="70"/>
+      <c r="B143" s="70"/>
+      <c r="C143" s="70"/>
+      <c r="D143" s="70"/>
+      <c r="E143" s="70"/>
+      <c r="F143" s="70"/>
+      <c r="G143" s="70"/>
+      <c r="H143" s="70"/>
+      <c r="I143" s="70"/>
+      <c r="J143" s="70"/>
+    </row>
+    <row r="144" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A144" s="70"/>
+      <c r="B144" s="70"/>
+      <c r="C144" s="70"/>
+      <c r="D144" s="70"/>
+      <c r="E144" s="70"/>
+      <c r="F144" s="70"/>
+      <c r="G144" s="70"/>
+      <c r="H144" s="70"/>
+      <c r="I144" s="70"/>
+      <c r="J144" s="70"/>
+    </row>
+    <row r="145" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A145" s="70"/>
+      <c r="B145" s="70"/>
+      <c r="C145" s="70"/>
+      <c r="D145" s="70"/>
+      <c r="E145" s="70"/>
+      <c r="F145" s="70"/>
+      <c r="G145" s="70"/>
+      <c r="H145" s="70"/>
+      <c r="I145" s="70"/>
+      <c r="J145" s="70"/>
+    </row>
+    <row r="146" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A146" s="70"/>
+      <c r="B146" s="70"/>
+      <c r="C146" s="70"/>
+      <c r="D146" s="70"/>
+      <c r="E146" s="70"/>
+      <c r="F146" s="70"/>
+      <c r="G146" s="70"/>
+      <c r="H146" s="70"/>
+      <c r="I146" s="70"/>
+      <c r="J146" s="70"/>
+    </row>
+    <row r="147" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A147" s="70"/>
+      <c r="B147" s="70"/>
+      <c r="C147" s="70"/>
+      <c r="D147" s="70"/>
+      <c r="E147" s="70"/>
+      <c r="F147" s="70"/>
+      <c r="G147" s="70"/>
+      <c r="H147" s="70"/>
+      <c r="I147" s="70"/>
+      <c r="J147" s="70"/>
+    </row>
+    <row r="148" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A148" s="70"/>
+      <c r="B148" s="70"/>
+      <c r="C148" s="70"/>
+      <c r="D148" s="70"/>
+      <c r="E148" s="70"/>
+      <c r="F148" s="70"/>
+      <c r="G148" s="70"/>
+      <c r="H148" s="70"/>
+      <c r="I148" s="70"/>
+      <c r="J148" s="70"/>
+    </row>
+    <row r="149" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A149" s="70"/>
+      <c r="B149" s="70"/>
+      <c r="C149" s="70"/>
+      <c r="D149" s="70"/>
+      <c r="E149" s="70"/>
+      <c r="F149" s="70"/>
+      <c r="G149" s="70"/>
+      <c r="H149" s="70"/>
+      <c r="I149" s="70"/>
+      <c r="J149" s="70"/>
+    </row>
+    <row r="150" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A150" s="70"/>
+      <c r="B150" s="70"/>
+      <c r="C150" s="70"/>
+      <c r="D150" s="70"/>
+      <c r="E150" s="70"/>
+      <c r="F150" s="70"/>
+      <c r="G150" s="70"/>
+      <c r="H150" s="70"/>
+      <c r="I150" s="70"/>
+      <c r="J150" s="70"/>
+    </row>
+    <row r="151" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A151" s="70"/>
+      <c r="B151" s="70"/>
+      <c r="C151" s="70"/>
+      <c r="D151" s="70"/>
+      <c r="E151" s="70"/>
+      <c r="F151" s="70"/>
+      <c r="G151" s="70"/>
+      <c r="H151" s="70"/>
+      <c r="I151" s="70"/>
+      <c r="J151" s="70"/>
+    </row>
+    <row r="152" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A152" s="70"/>
+      <c r="B152" s="70"/>
+      <c r="C152" s="70"/>
+      <c r="D152" s="70"/>
+      <c r="E152" s="70"/>
+      <c r="F152" s="70"/>
+      <c r="G152" s="70"/>
+      <c r="H152" s="70"/>
+      <c r="I152" s="70"/>
+      <c r="J152" s="70"/>
+    </row>
+    <row r="153" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A153" s="70"/>
+      <c r="B153" s="70"/>
+      <c r="C153" s="70"/>
+      <c r="D153" s="70"/>
+      <c r="E153" s="70"/>
+      <c r="F153" s="70"/>
+      <c r="G153" s="70"/>
+      <c r="H153" s="70"/>
+      <c r="I153" s="70"/>
+      <c r="J153" s="70"/>
+    </row>
+    <row r="154" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A154" s="70"/>
+      <c r="B154" s="70"/>
+      <c r="C154" s="70"/>
+      <c r="D154" s="70"/>
+      <c r="E154" s="70"/>
+      <c r="F154" s="70"/>
+      <c r="G154" s="70"/>
+      <c r="H154" s="70"/>
+      <c r="I154" s="70"/>
+      <c r="J154" s="70"/>
+    </row>
+    <row r="155" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A155" s="70"/>
+      <c r="B155" s="70"/>
+      <c r="C155" s="70"/>
+      <c r="D155" s="70"/>
+      <c r="E155" s="70"/>
+      <c r="F155" s="70"/>
+      <c r="G155" s="70"/>
+      <c r="H155" s="70"/>
+      <c r="I155" s="70"/>
+      <c r="J155" s="70"/>
+    </row>
+    <row r="156" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A156" s="70"/>
+      <c r="B156" s="70"/>
+      <c r="C156" s="70"/>
+      <c r="D156" s="70"/>
+      <c r="E156" s="70"/>
+      <c r="F156" s="70"/>
+      <c r="G156" s="70"/>
+      <c r="H156" s="70"/>
+      <c r="I156" s="70"/>
+      <c r="J156" s="70"/>
+    </row>
+    <row r="157" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A157" s="70"/>
+      <c r="B157" s="70"/>
+      <c r="C157" s="70"/>
+      <c r="D157" s="70"/>
+      <c r="E157" s="70"/>
+      <c r="F157" s="70"/>
+      <c r="G157" s="70"/>
+      <c r="H157" s="70"/>
+      <c r="I157" s="70"/>
+      <c r="J157" s="70"/>
+    </row>
+    <row r="158" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A158" s="70"/>
+      <c r="B158" s="70"/>
+      <c r="C158" s="70"/>
+      <c r="D158" s="70"/>
+      <c r="E158" s="70"/>
+      <c r="F158" s="70"/>
+      <c r="G158" s="70"/>
+      <c r="H158" s="70"/>
+      <c r="I158" s="70"/>
+      <c r="J158" s="70"/>
+    </row>
+    <row r="159" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A159" s="70"/>
+      <c r="B159" s="70"/>
+      <c r="C159" s="70"/>
+      <c r="D159" s="70"/>
+      <c r="E159" s="70"/>
+      <c r="F159" s="70"/>
+      <c r="G159" s="70"/>
+      <c r="H159" s="70"/>
+      <c r="I159" s="70"/>
+      <c r="J159" s="70"/>
+    </row>
+    <row r="160" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A160" s="70"/>
+      <c r="B160" s="70"/>
+      <c r="C160" s="70"/>
+      <c r="D160" s="70"/>
+      <c r="E160" s="70"/>
+      <c r="F160" s="70"/>
+      <c r="G160" s="70"/>
+      <c r="H160" s="70"/>
+      <c r="I160" s="70"/>
+      <c r="J160" s="70"/>
+    </row>
+    <row r="161" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A161" s="70"/>
+      <c r="B161" s="70"/>
+      <c r="C161" s="70"/>
+      <c r="D161" s="70"/>
+      <c r="E161" s="70"/>
+      <c r="F161" s="70"/>
+      <c r="G161" s="70"/>
+      <c r="H161" s="70"/>
+      <c r="I161" s="70"/>
+      <c r="J161" s="70"/>
+    </row>
+    <row r="162" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A162" s="70"/>
+      <c r="B162" s="70"/>
+      <c r="C162" s="70"/>
+      <c r="D162" s="70"/>
+      <c r="E162" s="70"/>
+      <c r="F162" s="70"/>
+      <c r="G162" s="70"/>
+      <c r="H162" s="70"/>
+      <c r="I162" s="70"/>
+      <c r="J162" s="70"/>
+    </row>
+    <row r="163" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A163" s="70"/>
+      <c r="B163" s="70"/>
+      <c r="C163" s="70"/>
+      <c r="D163" s="70"/>
+      <c r="E163" s="70"/>
+      <c r="F163" s="70"/>
+      <c r="G163" s="70"/>
+      <c r="H163" s="70"/>
+      <c r="I163" s="70"/>
+      <c r="J163" s="70"/>
+    </row>
+    <row r="164" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A164" s="70"/>
+      <c r="B164" s="70"/>
+      <c r="C164" s="70"/>
+      <c r="D164" s="70"/>
+      <c r="E164" s="70"/>
+      <c r="F164" s="70"/>
+      <c r="G164" s="70"/>
+      <c r="H164" s="70"/>
+      <c r="I164" s="70"/>
+      <c r="J164" s="70"/>
+    </row>
+    <row r="165" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A165" s="70"/>
+      <c r="B165" s="70"/>
+      <c r="C165" s="70"/>
+      <c r="D165" s="70"/>
+      <c r="E165" s="70"/>
+      <c r="F165" s="70"/>
+      <c r="G165" s="70"/>
+      <c r="H165" s="70"/>
+      <c r="I165" s="70"/>
+      <c r="J165" s="70"/>
+    </row>
+    <row r="166" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A166" s="70"/>
+      <c r="B166" s="70"/>
+      <c r="C166" s="70"/>
+      <c r="D166" s="70"/>
+      <c r="E166" s="70"/>
+      <c r="F166" s="70"/>
+      <c r="G166" s="70"/>
+      <c r="H166" s="70"/>
+      <c r="I166" s="70"/>
+      <c r="J166" s="70"/>
+    </row>
+    <row r="167" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A167" s="70"/>
+      <c r="B167" s="70"/>
+      <c r="C167" s="70"/>
+      <c r="D167" s="70"/>
+      <c r="E167" s="70"/>
+      <c r="F167" s="70"/>
+      <c r="G167" s="70"/>
+      <c r="H167" s="70"/>
+      <c r="I167" s="70"/>
+      <c r="J167" s="70"/>
+    </row>
+    <row r="168" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A168" s="70"/>
+      <c r="B168" s="70"/>
+      <c r="C168" s="70"/>
+      <c r="D168" s="70"/>
+      <c r="E168" s="70"/>
+      <c r="F168" s="70"/>
+      <c r="G168" s="70"/>
+      <c r="H168" s="70"/>
+      <c r="I168" s="70"/>
+      <c r="J168" s="70"/>
+    </row>
+    <row r="169" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A169" s="70"/>
+      <c r="B169" s="70"/>
+      <c r="C169" s="70"/>
+      <c r="D169" s="70"/>
+      <c r="E169" s="70"/>
+      <c r="F169" s="70"/>
+      <c r="G169" s="70"/>
+      <c r="H169" s="70"/>
+      <c r="I169" s="70"/>
+      <c r="J169" s="70"/>
+    </row>
+    <row r="170" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A170" s="70"/>
+      <c r="B170" s="70"/>
+      <c r="C170" s="70"/>
+      <c r="D170" s="70"/>
+      <c r="E170" s="70"/>
+      <c r="F170" s="70"/>
+      <c r="G170" s="70"/>
+      <c r="H170" s="70"/>
+      <c r="I170" s="70"/>
+      <c r="J170" s="70"/>
+    </row>
+    <row r="171" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A171" s="70"/>
+      <c r="B171" s="70"/>
+      <c r="C171" s="70"/>
+      <c r="D171" s="70"/>
+      <c r="E171" s="70"/>
+      <c r="F171" s="70"/>
+      <c r="G171" s="70"/>
+      <c r="H171" s="70"/>
+      <c r="I171" s="70"/>
+      <c r="J171" s="70"/>
+    </row>
+    <row r="172" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A172" s="70"/>
+      <c r="B172" s="70"/>
+      <c r="C172" s="70"/>
+      <c r="D172" s="70"/>
+      <c r="E172" s="70"/>
+      <c r="F172" s="70"/>
+      <c r="G172" s="70"/>
+      <c r="H172" s="70"/>
+      <c r="I172" s="70"/>
+      <c r="J172" s="70"/>
+    </row>
+    <row r="173" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A173" s="70"/>
+      <c r="B173" s="70"/>
+      <c r="C173" s="70"/>
+      <c r="D173" s="70"/>
+      <c r="E173" s="70"/>
+      <c r="F173" s="70"/>
+      <c r="G173" s="70"/>
+      <c r="H173" s="70"/>
+      <c r="I173" s="70"/>
+      <c r="J173" s="70"/>
+    </row>
+    <row r="174" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A174" s="70"/>
+      <c r="B174" s="70"/>
+      <c r="C174" s="70"/>
+      <c r="D174" s="70"/>
+      <c r="E174" s="70"/>
+      <c r="F174" s="70"/>
+      <c r="G174" s="70"/>
+      <c r="H174" s="70"/>
+      <c r="I174" s="70"/>
+      <c r="J174" s="70"/>
+    </row>
+    <row r="175" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A175" s="70"/>
+      <c r="B175" s="70"/>
+      <c r="C175" s="70"/>
+      <c r="D175" s="70"/>
+      <c r="E175" s="70"/>
+      <c r="F175" s="70"/>
+      <c r="G175" s="70"/>
+      <c r="H175" s="70"/>
+      <c r="I175" s="70"/>
+      <c r="J175" s="70"/>
+    </row>
+    <row r="176" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A176" s="70"/>
+      <c r="B176" s="70"/>
+      <c r="C176" s="70"/>
+      <c r="D176" s="70"/>
+      <c r="E176" s="70"/>
+      <c r="F176" s="70"/>
+      <c r="G176" s="70"/>
+      <c r="H176" s="70"/>
+      <c r="I176" s="70"/>
+      <c r="J176" s="70"/>
+    </row>
+    <row r="177" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A177" s="70"/>
+      <c r="B177" s="70"/>
+      <c r="C177" s="70"/>
+      <c r="D177" s="70"/>
+      <c r="E177" s="70"/>
+      <c r="F177" s="70"/>
+      <c r="G177" s="70"/>
+      <c r="H177" s="70"/>
+      <c r="I177" s="70"/>
+      <c r="J177" s="70"/>
+    </row>
+    <row r="178" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A178" s="70"/>
+      <c r="B178" s="70"/>
+      <c r="C178" s="70"/>
+      <c r="D178" s="70"/>
+      <c r="E178" s="70"/>
+      <c r="F178" s="70"/>
+      <c r="G178" s="70"/>
+      <c r="H178" s="70"/>
+      <c r="I178" s="70"/>
+      <c r="J178" s="70"/>
+    </row>
+    <row r="179" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A179" s="70"/>
+      <c r="B179" s="70"/>
+      <c r="C179" s="70"/>
+      <c r="D179" s="70"/>
+      <c r="E179" s="70"/>
+      <c r="F179" s="70"/>
+      <c r="G179" s="70"/>
+      <c r="H179" s="70"/>
+      <c r="I179" s="70"/>
+      <c r="J179" s="70"/>
+    </row>
+    <row r="180" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A180" s="70"/>
+      <c r="B180" s="70"/>
+      <c r="C180" s="70"/>
+      <c r="D180" s="70"/>
+      <c r="E180" s="70"/>
+      <c r="F180" s="70"/>
+      <c r="G180" s="70"/>
+      <c r="H180" s="70"/>
+      <c r="I180" s="70"/>
+      <c r="J180" s="70"/>
+    </row>
+    <row r="181" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A181" s="70"/>
+      <c r="B181" s="70"/>
+      <c r="C181" s="70"/>
+      <c r="D181" s="70"/>
+      <c r="E181" s="70"/>
+      <c r="F181" s="70"/>
+      <c r="G181" s="70"/>
+      <c r="H181" s="70"/>
+      <c r="I181" s="70"/>
+      <c r="J181" s="70"/>
+    </row>
+    <row r="182" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A182" s="70"/>
+      <c r="B182" s="70"/>
+      <c r="C182" s="70"/>
+      <c r="D182" s="70"/>
+      <c r="E182" s="70"/>
+      <c r="F182" s="70"/>
+      <c r="G182" s="70"/>
+      <c r="H182" s="70"/>
+      <c r="I182" s="70"/>
+      <c r="J182" s="70"/>
+    </row>
+    <row r="183" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A183" s="70"/>
+      <c r="B183" s="70"/>
+      <c r="C183" s="70"/>
+      <c r="D183" s="70"/>
+      <c r="E183" s="70"/>
+      <c r="F183" s="70"/>
+      <c r="G183" s="70"/>
+      <c r="H183" s="70"/>
+      <c r="I183" s="70"/>
+      <c r="J183" s="70"/>
+    </row>
+    <row r="184" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A184" s="70"/>
+      <c r="B184" s="70"/>
+      <c r="C184" s="70"/>
+      <c r="D184" s="70"/>
+      <c r="E184" s="70"/>
+      <c r="F184" s="70"/>
+      <c r="G184" s="70"/>
+      <c r="H184" s="70"/>
+      <c r="I184" s="70"/>
+      <c r="J184" s="70"/>
+    </row>
+    <row r="185" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A185" s="70"/>
+      <c r="B185" s="70"/>
+      <c r="C185" s="70"/>
+      <c r="D185" s="70"/>
+      <c r="E185" s="70"/>
+      <c r="F185" s="70"/>
+      <c r="G185" s="70"/>
+      <c r="H185" s="70"/>
+      <c r="I185" s="70"/>
+      <c r="J185" s="70"/>
+    </row>
+    <row r="186" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A186" s="70"/>
+      <c r="B186" s="70"/>
+      <c r="C186" s="70"/>
+      <c r="D186" s="70"/>
+      <c r="E186" s="70"/>
+      <c r="F186" s="70"/>
+      <c r="G186" s="70"/>
+      <c r="H186" s="70"/>
+      <c r="I186" s="70"/>
+      <c r="J186" s="70"/>
+    </row>
+    <row r="187" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A187" s="70"/>
+      <c r="B187" s="70"/>
+      <c r="C187" s="70"/>
+      <c r="D187" s="70"/>
+      <c r="E187" s="70"/>
+      <c r="F187" s="70"/>
+      <c r="G187" s="70"/>
+      <c r="H187" s="70"/>
+      <c r="I187" s="70"/>
+      <c r="J187" s="70"/>
+    </row>
+    <row r="188" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A188" s="70"/>
+      <c r="B188" s="70"/>
+      <c r="C188" s="70"/>
+      <c r="D188" s="70"/>
+      <c r="E188" s="70"/>
+      <c r="F188" s="70"/>
+      <c r="G188" s="70"/>
+      <c r="H188" s="70"/>
+      <c r="I188" s="70"/>
+      <c r="J188" s="70"/>
+    </row>
+    <row r="189" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A189" s="70"/>
+      <c r="B189" s="70"/>
+      <c r="C189" s="70"/>
+      <c r="D189" s="70"/>
+      <c r="E189" s="70"/>
+      <c r="F189" s="70"/>
+      <c r="G189" s="70"/>
+      <c r="H189" s="70"/>
+      <c r="I189" s="70"/>
+      <c r="J189" s="70"/>
+    </row>
+    <row r="190" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A190" s="70"/>
+      <c r="B190" s="70"/>
+      <c r="C190" s="70"/>
+      <c r="D190" s="70"/>
+      <c r="E190" s="70"/>
+      <c r="F190" s="70"/>
+      <c r="G190" s="70"/>
+      <c r="H190" s="70"/>
+      <c r="I190" s="70"/>
+      <c r="J190" s="70"/>
+    </row>
+    <row r="191" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A191" s="70"/>
+      <c r="B191" s="70"/>
+      <c r="C191" s="70"/>
+      <c r="D191" s="70"/>
+      <c r="E191" s="70"/>
+      <c r="F191" s="70"/>
+      <c r="G191" s="70"/>
+      <c r="H191" s="70"/>
+      <c r="I191" s="70"/>
+      <c r="J191" s="70"/>
+    </row>
+    <row r="192" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A192" s="70"/>
+      <c r="B192" s="70"/>
+      <c r="C192" s="70"/>
+      <c r="D192" s="70"/>
+      <c r="E192" s="70"/>
+      <c r="F192" s="70"/>
+      <c r="G192" s="70"/>
+      <c r="H192" s="70"/>
+      <c r="I192" s="70"/>
+      <c r="J192" s="70"/>
+    </row>
+    <row r="193" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A193" s="70"/>
+      <c r="B193" s="70"/>
+      <c r="C193" s="70"/>
+      <c r="D193" s="70"/>
+      <c r="E193" s="70"/>
+      <c r="F193" s="70"/>
+      <c r="G193" s="70"/>
+      <c r="H193" s="70"/>
+      <c r="I193" s="70"/>
+      <c r="J193" s="70"/>
+    </row>
+    <row r="194" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A194" s="70"/>
+      <c r="B194" s="70"/>
+      <c r="C194" s="70"/>
+      <c r="D194" s="70"/>
+      <c r="E194" s="70"/>
+      <c r="F194" s="70"/>
+      <c r="G194" s="70"/>
+      <c r="H194" s="70"/>
+      <c r="I194" s="70"/>
+      <c r="J194" s="70"/>
+    </row>
+    <row r="195" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A195" s="70"/>
+      <c r="B195" s="70"/>
+      <c r="C195" s="70"/>
+      <c r="D195" s="70"/>
+      <c r="E195" s="70"/>
+      <c r="F195" s="70"/>
+      <c r="G195" s="70"/>
+      <c r="H195" s="70"/>
+      <c r="I195" s="70"/>
+      <c r="J195" s="70"/>
+    </row>
+    <row r="196" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A196" s="70"/>
+      <c r="B196" s="70"/>
+      <c r="C196" s="70"/>
+      <c r="D196" s="70"/>
+      <c r="E196" s="70"/>
+      <c r="F196" s="70"/>
+      <c r="G196" s="70"/>
+      <c r="H196" s="70"/>
+      <c r="I196" s="70"/>
+      <c r="J196" s="70"/>
+    </row>
+    <row r="197" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A197" s="70"/>
+      <c r="B197" s="70"/>
+      <c r="C197" s="70"/>
+      <c r="D197" s="70"/>
+      <c r="E197" s="70"/>
+      <c r="F197" s="70"/>
+      <c r="G197" s="70"/>
+      <c r="H197" s="70"/>
+      <c r="I197" s="70"/>
+      <c r="J197" s="70"/>
+    </row>
+    <row r="198" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A198" s="70"/>
+      <c r="B198" s="70"/>
+      <c r="C198" s="70"/>
+      <c r="D198" s="70"/>
+      <c r="E198" s="70"/>
+      <c r="F198" s="70"/>
+      <c r="G198" s="70"/>
+      <c r="H198" s="70"/>
+      <c r="I198" s="70"/>
+      <c r="J198" s="70"/>
+    </row>
+    <row r="199" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A199" s="70"/>
+      <c r="B199" s="70"/>
+      <c r="C199" s="70"/>
+      <c r="D199" s="70"/>
+      <c r="E199" s="70"/>
+      <c r="F199" s="70"/>
+      <c r="G199" s="70"/>
+      <c r="H199" s="70"/>
+      <c r="I199" s="70"/>
+      <c r="J199" s="70"/>
+    </row>
+    <row r="200" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A200" s="70"/>
+      <c r="B200" s="70"/>
+      <c r="C200" s="70"/>
+      <c r="D200" s="70"/>
+      <c r="E200" s="70"/>
+      <c r="F200" s="70"/>
+      <c r="G200" s="70"/>
+      <c r="H200" s="70"/>
+      <c r="I200" s="70"/>
+      <c r="J200" s="70"/>
+    </row>
+    <row r="201" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A201" s="70"/>
+      <c r="B201" s="70"/>
+      <c r="C201" s="70"/>
+      <c r="D201" s="70"/>
+      <c r="E201" s="70"/>
+      <c r="F201" s="70"/>
+      <c r="G201" s="70"/>
+      <c r="H201" s="70"/>
+      <c r="I201" s="70"/>
+      <c r="J201" s="70"/>
+    </row>
+    <row r="202" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A202" s="70"/>
+      <c r="B202" s="70"/>
+      <c r="C202" s="70"/>
+      <c r="D202" s="70"/>
+      <c r="E202" s="70"/>
+      <c r="F202" s="70"/>
+      <c r="G202" s="70"/>
+      <c r="H202" s="70"/>
+      <c r="I202" s="70"/>
+      <c r="J202" s="70"/>
+    </row>
+    <row r="203" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A203" s="70"/>
+      <c r="B203" s="70"/>
+      <c r="C203" s="70"/>
+      <c r="D203" s="70"/>
+      <c r="E203" s="70"/>
+      <c r="F203" s="70"/>
+      <c r="G203" s="70"/>
+      <c r="H203" s="70"/>
+      <c r="I203" s="70"/>
+      <c r="J203" s="70"/>
+    </row>
+    <row r="204" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A204" s="70"/>
+      <c r="B204" s="70"/>
+      <c r="C204" s="70"/>
+      <c r="D204" s="70"/>
+      <c r="E204" s="70"/>
+      <c r="F204" s="70"/>
+      <c r="G204" s="70"/>
+      <c r="H204" s="70"/>
+      <c r="I204" s="70"/>
+      <c r="J204" s="70"/>
+    </row>
+    <row r="205" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A205" s="70"/>
+      <c r="B205" s="70"/>
+      <c r="C205" s="70"/>
+      <c r="D205" s="70"/>
+      <c r="E205" s="70"/>
+      <c r="F205" s="70"/>
+      <c r="G205" s="70"/>
+      <c r="H205" s="70"/>
+      <c r="I205" s="70"/>
+      <c r="J205" s="70"/>
+    </row>
+    <row r="206" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A206" s="70"/>
+      <c r="B206" s="70"/>
+      <c r="C206" s="70"/>
+      <c r="D206" s="70"/>
+      <c r="E206" s="70"/>
+      <c r="F206" s="70"/>
+      <c r="G206" s="70"/>
+      <c r="H206" s="70"/>
+      <c r="I206" s="70"/>
+      <c r="J206" s="70"/>
+    </row>
+    <row r="207" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A207" s="70"/>
+      <c r="B207" s="70"/>
+      <c r="C207" s="70"/>
+      <c r="D207" s="70"/>
+      <c r="E207" s="70"/>
+      <c r="F207" s="70"/>
+      <c r="G207" s="70"/>
+      <c r="H207" s="70"/>
+      <c r="I207" s="70"/>
+      <c r="J207" s="70"/>
+    </row>
+    <row r="208" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A208" s="70"/>
+      <c r="B208" s="70"/>
+      <c r="C208" s="70"/>
+      <c r="D208" s="70"/>
+      <c r="E208" s="70"/>
+      <c r="F208" s="70"/>
+      <c r="G208" s="70"/>
+      <c r="H208" s="70"/>
+      <c r="I208" s="70"/>
+      <c r="J208" s="70"/>
+    </row>
+    <row r="209" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A209" s="70"/>
+      <c r="B209" s="70"/>
+      <c r="C209" s="70"/>
+      <c r="D209" s="70"/>
+      <c r="E209" s="70"/>
+      <c r="F209" s="70"/>
+      <c r="G209" s="70"/>
+      <c r="H209" s="70"/>
+      <c r="I209" s="70"/>
+      <c r="J209" s="70"/>
+    </row>
+    <row r="210" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A210" s="70"/>
+      <c r="B210" s="70"/>
+      <c r="C210" s="70"/>
+      <c r="D210" s="70"/>
+      <c r="E210" s="70"/>
+      <c r="F210" s="70"/>
+      <c r="G210" s="70"/>
+      <c r="H210" s="70"/>
+      <c r="I210" s="70"/>
+      <c r="J210" s="70"/>
+    </row>
+    <row r="211" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A211" s="70"/>
+      <c r="B211" s="70"/>
+      <c r="C211" s="70"/>
+      <c r="D211" s="70"/>
+      <c r="E211" s="70"/>
+      <c r="F211" s="70"/>
+      <c r="G211" s="70"/>
+      <c r="H211" s="70"/>
+      <c r="I211" s="70"/>
+      <c r="J211" s="70"/>
+    </row>
+    <row r="212" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A212" s="70"/>
+      <c r="B212" s="70"/>
+      <c r="C212" s="70"/>
+      <c r="D212" s="70"/>
+      <c r="E212" s="70"/>
+      <c r="F212" s="70"/>
+      <c r="G212" s="70"/>
+      <c r="H212" s="70"/>
+      <c r="I212" s="70"/>
+      <c r="J212" s="70"/>
+    </row>
+    <row r="213" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A213" s="70"/>
+      <c r="B213" s="70"/>
+      <c r="C213" s="70"/>
+      <c r="D213" s="70"/>
+      <c r="E213" s="70"/>
+      <c r="F213" s="70"/>
+      <c r="G213" s="70"/>
+      <c r="H213" s="70"/>
+      <c r="I213" s="70"/>
+      <c r="J213" s="70"/>
+    </row>
+    <row r="214" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A214" s="70"/>
+      <c r="B214" s="70"/>
+      <c r="C214" s="70"/>
+      <c r="D214" s="70"/>
+      <c r="E214" s="70"/>
+      <c r="F214" s="70"/>
+      <c r="G214" s="70"/>
+      <c r="H214" s="70"/>
+      <c r="I214" s="70"/>
+      <c r="J214" s="70"/>
+    </row>
+    <row r="215" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A215" s="70"/>
+      <c r="B215" s="70"/>
+      <c r="C215" s="70"/>
+      <c r="D215" s="70"/>
+      <c r="E215" s="70"/>
+      <c r="F215" s="70"/>
+      <c r="G215" s="70"/>
+      <c r="H215" s="70"/>
+      <c r="I215" s="70"/>
+      <c r="J215" s="70"/>
+    </row>
+    <row r="216" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A216" s="70"/>
+      <c r="B216" s="70"/>
+      <c r="C216" s="70"/>
+      <c r="D216" s="70"/>
+      <c r="E216" s="70"/>
+      <c r="F216" s="70"/>
+      <c r="G216" s="70"/>
+      <c r="H216" s="70"/>
+      <c r="I216" s="70"/>
+      <c r="J216" s="70"/>
+    </row>
+    <row r="217" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A217" s="70"/>
+      <c r="B217" s="70"/>
+      <c r="C217" s="70"/>
+      <c r="D217" s="70"/>
+      <c r="E217" s="70"/>
+      <c r="F217" s="70"/>
+      <c r="G217" s="70"/>
+      <c r="H217" s="70"/>
+      <c r="I217" s="70"/>
+      <c r="J217" s="70"/>
+    </row>
+    <row r="218" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A218" s="70"/>
+      <c r="B218" s="70"/>
+      <c r="C218" s="70"/>
+      <c r="D218" s="70"/>
+      <c r="E218" s="70"/>
+      <c r="F218" s="70"/>
+      <c r="G218" s="70"/>
+      <c r="H218" s="70"/>
+      <c r="I218" s="70"/>
+      <c r="J218" s="70"/>
+    </row>
+    <row r="219" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A219" s="70"/>
+      <c r="B219" s="70"/>
+      <c r="C219" s="70"/>
+      <c r="D219" s="70"/>
+      <c r="E219" s="70"/>
+      <c r="F219" s="70"/>
+      <c r="G219" s="70"/>
+      <c r="H219" s="70"/>
+      <c r="I219" s="70"/>
+      <c r="J219" s="70"/>
+    </row>
+    <row r="220" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A220" s="70"/>
+      <c r="B220" s="70"/>
+      <c r="C220" s="70"/>
+      <c r="D220" s="70"/>
+      <c r="E220" s="70"/>
+      <c r="F220" s="70"/>
+      <c r="G220" s="70"/>
+      <c r="H220" s="70"/>
+      <c r="I220" s="70"/>
+      <c r="J220" s="70"/>
+    </row>
+    <row r="221" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A221" s="70"/>
+      <c r="B221" s="70"/>
+      <c r="C221" s="70"/>
+      <c r="D221" s="70"/>
+      <c r="E221" s="70"/>
+      <c r="F221" s="70"/>
+      <c r="G221" s="70"/>
+      <c r="H221" s="70"/>
+      <c r="I221" s="70"/>
+      <c r="J221" s="70"/>
+    </row>
+    <row r="222" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A222" s="70"/>
+      <c r="B222" s="70"/>
+      <c r="C222" s="70"/>
+      <c r="D222" s="70"/>
+      <c r="E222" s="70"/>
+      <c r="F222" s="70"/>
+      <c r="G222" s="70"/>
+      <c r="H222" s="70"/>
+      <c r="I222" s="70"/>
+      <c r="J222" s="70"/>
+    </row>
+    <row r="223" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A223" s="70"/>
+      <c r="B223" s="70"/>
+      <c r="C223" s="70"/>
+      <c r="D223" s="70"/>
+      <c r="E223" s="70"/>
+      <c r="F223" s="70"/>
+      <c r="G223" s="70"/>
+      <c r="H223" s="70"/>
+      <c r="I223" s="70"/>
+      <c r="J223" s="70"/>
+    </row>
+    <row r="224" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A224" s="70"/>
+      <c r="B224" s="70"/>
+      <c r="C224" s="70"/>
+      <c r="D224" s="70"/>
+      <c r="E224" s="70"/>
+      <c r="F224" s="70"/>
+      <c r="G224" s="70"/>
+      <c r="H224" s="70"/>
+      <c r="I224" s="70"/>
+      <c r="J224" s="70"/>
+    </row>
+    <row r="225" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A225" s="70"/>
+      <c r="B225" s="70"/>
+      <c r="C225" s="70"/>
+      <c r="D225" s="70"/>
+      <c r="E225" s="70"/>
+      <c r="F225" s="70"/>
+      <c r="G225" s="70"/>
+      <c r="H225" s="70"/>
+      <c r="I225" s="70"/>
+      <c r="J225" s="70"/>
+    </row>
+    <row r="226" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A226" s="70"/>
+      <c r="B226" s="70"/>
+      <c r="C226" s="70"/>
+      <c r="D226" s="70"/>
+      <c r="E226" s="70"/>
+      <c r="F226" s="70"/>
+      <c r="G226" s="70"/>
+      <c r="H226" s="70"/>
+      <c r="I226" s="70"/>
+      <c r="J226" s="70"/>
+    </row>
+    <row r="227" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A227" s="70"/>
+      <c r="B227" s="70"/>
+      <c r="C227" s="70"/>
+      <c r="D227" s="70"/>
+      <c r="E227" s="70"/>
+      <c r="F227" s="70"/>
+      <c r="G227" s="70"/>
+      <c r="H227" s="70"/>
+      <c r="I227" s="70"/>
+      <c r="J227" s="70"/>
+    </row>
+    <row r="228" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A228" s="70"/>
+      <c r="B228" s="70"/>
+      <c r="C228" s="70"/>
+      <c r="D228" s="70"/>
+      <c r="E228" s="70"/>
+      <c r="F228" s="70"/>
+      <c r="G228" s="70"/>
+      <c r="H228" s="70"/>
+      <c r="I228" s="70"/>
+      <c r="J228" s="70"/>
+    </row>
+    <row r="229" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A229" s="70"/>
+      <c r="B229" s="70"/>
+      <c r="C229" s="70"/>
+      <c r="D229" s="70"/>
+      <c r="E229" s="70"/>
+      <c r="F229" s="70"/>
+      <c r="G229" s="70"/>
+      <c r="H229" s="70"/>
+      <c r="I229" s="70"/>
+      <c r="J229" s="70"/>
+    </row>
+    <row r="230" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A230" s="70"/>
+      <c r="B230" s="70"/>
+      <c r="C230" s="70"/>
+      <c r="D230" s="70"/>
+      <c r="E230" s="70"/>
+      <c r="F230" s="70"/>
+      <c r="G230" s="70"/>
+      <c r="H230" s="70"/>
+      <c r="I230" s="70"/>
+      <c r="J230" s="70"/>
+    </row>
+    <row r="231" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A231" s="70"/>
+      <c r="B231" s="70"/>
+      <c r="C231" s="70"/>
+      <c r="D231" s="70"/>
+      <c r="E231" s="70"/>
+      <c r="F231" s="70"/>
+      <c r="G231" s="70"/>
+      <c r="H231" s="70"/>
+      <c r="I231" s="70"/>
+      <c r="J231" s="70"/>
+    </row>
+    <row r="232" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A232" s="70"/>
+      <c r="B232" s="70"/>
+      <c r="C232" s="70"/>
+      <c r="D232" s="70"/>
+      <c r="E232" s="70"/>
+      <c r="F232" s="70"/>
+      <c r="G232" s="70"/>
+      <c r="H232" s="70"/>
+      <c r="I232" s="70"/>
+      <c r="J232" s="70"/>
+    </row>
+    <row r="233" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A233" s="70"/>
+      <c r="B233" s="70"/>
+      <c r="C233" s="70"/>
+      <c r="D233" s="70"/>
+      <c r="E233" s="70"/>
+      <c r="F233" s="70"/>
+      <c r="G233" s="70"/>
+      <c r="H233" s="70"/>
+      <c r="I233" s="70"/>
+      <c r="J233" s="70"/>
+    </row>
+    <row r="234" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A234" s="70"/>
+      <c r="B234" s="70"/>
+      <c r="C234" s="70"/>
+      <c r="D234" s="70"/>
+      <c r="E234" s="70"/>
+      <c r="F234" s="70"/>
+      <c r="G234" s="70"/>
+      <c r="H234" s="70"/>
+      <c r="I234" s="70"/>
+      <c r="J234" s="70"/>
+    </row>
+    <row r="235" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A235" s="70"/>
+      <c r="B235" s="70"/>
+      <c r="C235" s="70"/>
+      <c r="D235" s="70"/>
+      <c r="E235" s="70"/>
+      <c r="F235" s="70"/>
+      <c r="G235" s="70"/>
+      <c r="H235" s="70"/>
+      <c r="I235" s="70"/>
+      <c r="J235" s="70"/>
+    </row>
+    <row r="236" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A236" s="70"/>
+      <c r="B236" s="70"/>
+      <c r="C236" s="70"/>
+      <c r="D236" s="70"/>
+      <c r="E236" s="70"/>
+      <c r="F236" s="70"/>
+      <c r="G236" s="70"/>
+      <c r="H236" s="70"/>
+      <c r="I236" s="70"/>
+      <c r="J236" s="70"/>
+    </row>
+    <row r="237" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A237" s="70"/>
+      <c r="B237" s="70"/>
+      <c r="C237" s="70"/>
+      <c r="D237" s="70"/>
+      <c r="E237" s="70"/>
+      <c r="F237" s="70"/>
+      <c r="G237" s="70"/>
+      <c r="H237" s="70"/>
+      <c r="I237" s="70"/>
+      <c r="J237" s="70"/>
+    </row>
+    <row r="238" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A238" s="70"/>
+      <c r="B238" s="70"/>
+      <c r="C238" s="70"/>
+      <c r="D238" s="70"/>
+      <c r="E238" s="70"/>
+      <c r="F238" s="70"/>
+      <c r="G238" s="70"/>
+      <c r="H238" s="70"/>
+      <c r="I238" s="70"/>
+      <c r="J238" s="70"/>
+    </row>
+    <row r="239" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A239" s="70"/>
+      <c r="B239" s="70"/>
+      <c r="C239" s="70"/>
+      <c r="D239" s="70"/>
+      <c r="E239" s="70"/>
+      <c r="F239" s="70"/>
+      <c r="G239" s="70"/>
+      <c r="H239" s="70"/>
+      <c r="I239" s="70"/>
+      <c r="J239" s="70"/>
+    </row>
+    <row r="240" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A240" s="70"/>
+      <c r="B240" s="70"/>
+      <c r="C240" s="70"/>
+      <c r="D240" s="70"/>
+      <c r="E240" s="70"/>
+      <c r="F240" s="70"/>
+      <c r="G240" s="70"/>
+      <c r="H240" s="70"/>
+      <c r="I240" s="70"/>
+      <c r="J240" s="70"/>
+    </row>
+    <row r="241" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A241" s="70"/>
+      <c r="B241" s="70"/>
+      <c r="C241" s="70"/>
+      <c r="D241" s="70"/>
+      <c r="E241" s="70"/>
+      <c r="F241" s="70"/>
+      <c r="G241" s="70"/>
+      <c r="H241" s="70"/>
+      <c r="I241" s="70"/>
+      <c r="J241" s="70"/>
+    </row>
+    <row r="242" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A242" s="70"/>
+      <c r="B242" s="70"/>
+      <c r="C242" s="70"/>
+      <c r="D242" s="70"/>
+      <c r="E242" s="70"/>
+      <c r="F242" s="70"/>
+      <c r="G242" s="70"/>
+      <c r="H242" s="70"/>
+      <c r="I242" s="70"/>
+      <c r="J242" s="70"/>
+    </row>
+    <row r="243" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A243" s="70"/>
+      <c r="B243" s="70"/>
+      <c r="C243" s="70"/>
+      <c r="D243" s="70"/>
+      <c r="E243" s="70"/>
+      <c r="F243" s="70"/>
+      <c r="G243" s="70"/>
+      <c r="H243" s="70"/>
+      <c r="I243" s="70"/>
+      <c r="J243" s="70"/>
+    </row>
+    <row r="244" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A244" s="70"/>
+      <c r="B244" s="70"/>
+      <c r="C244" s="70"/>
+      <c r="D244" s="70"/>
+      <c r="E244" s="70"/>
+      <c r="F244" s="70"/>
+      <c r="G244" s="70"/>
+      <c r="H244" s="70"/>
+      <c r="I244" s="70"/>
+      <c r="J244" s="70"/>
+    </row>
+    <row r="245" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A245" s="70"/>
+      <c r="B245" s="70"/>
+      <c r="C245" s="70"/>
+      <c r="D245" s="70"/>
+      <c r="E245" s="70"/>
+      <c r="F245" s="70"/>
+      <c r="G245" s="70"/>
+      <c r="H245" s="70"/>
+      <c r="I245" s="70"/>
+      <c r="J245" s="70"/>
+    </row>
+    <row r="246" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A246" s="70"/>
+      <c r="B246" s="70"/>
+      <c r="C246" s="70"/>
+      <c r="D246" s="70"/>
+      <c r="E246" s="70"/>
+      <c r="F246" s="70"/>
+      <c r="G246" s="70"/>
+      <c r="H246" s="70"/>
+      <c r="I246" s="70"/>
+      <c r="J246" s="70"/>
+    </row>
+    <row r="247" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A247" s="70"/>
+      <c r="B247" s="70"/>
+      <c r="C247" s="70"/>
+      <c r="D247" s="70"/>
+      <c r="E247" s="70"/>
+      <c r="F247" s="70"/>
+      <c r="G247" s="70"/>
+      <c r="H247" s="70"/>
+      <c r="I247" s="70"/>
+      <c r="J247" s="70"/>
+    </row>
+    <row r="248" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A248" s="70"/>
+      <c r="B248" s="70"/>
+      <c r="C248" s="70"/>
+      <c r="D248" s="70"/>
+      <c r="E248" s="70"/>
+      <c r="F248" s="70"/>
+      <c r="G248" s="70"/>
+      <c r="H248" s="70"/>
+      <c r="I248" s="70"/>
+      <c r="J248" s="70"/>
+    </row>
+    <row r="249" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A249" s="70"/>
+      <c r="B249" s="70"/>
+      <c r="C249" s="70"/>
+      <c r="D249" s="70"/>
+      <c r="E249" s="70"/>
+      <c r="F249" s="70"/>
+      <c r="G249" s="70"/>
+      <c r="H249" s="70"/>
+      <c r="I249" s="70"/>
+      <c r="J249" s="70"/>
+    </row>
+    <row r="250" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A250" s="70"/>
+      <c r="B250" s="70"/>
+      <c r="C250" s="70"/>
+      <c r="D250" s="70"/>
+      <c r="E250" s="70"/>
+      <c r="F250" s="70"/>
+      <c r="G250" s="70"/>
+      <c r="H250" s="70"/>
+      <c r="I250" s="70"/>
+      <c r="J250" s="70"/>
+    </row>
+    <row r="251" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A251" s="70"/>
+      <c r="B251" s="70"/>
+      <c r="C251" s="70"/>
+      <c r="D251" s="70"/>
+      <c r="E251" s="70"/>
+      <c r="F251" s="70"/>
+      <c r="G251" s="70"/>
+      <c r="H251" s="70"/>
+      <c r="I251" s="70"/>
+      <c r="J251" s="70"/>
+    </row>
+    <row r="252" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A252" s="70"/>
+      <c r="B252" s="70"/>
+      <c r="C252" s="70"/>
+      <c r="D252" s="70"/>
+      <c r="E252" s="70"/>
+      <c r="F252" s="70"/>
+      <c r="G252" s="70"/>
+      <c r="H252" s="70"/>
+      <c r="I252" s="70"/>
+      <c r="J252" s="70"/>
+    </row>
+    <row r="253" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A253" s="70"/>
+      <c r="B253" s="70"/>
+      <c r="C253" s="70"/>
+      <c r="D253" s="70"/>
+      <c r="E253" s="70"/>
+      <c r="F253" s="70"/>
+      <c r="G253" s="70"/>
+      <c r="H253" s="70"/>
+      <c r="I253" s="70"/>
+      <c r="J253" s="70"/>
+    </row>
+    <row r="254" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A254" s="70"/>
+      <c r="B254" s="70"/>
+      <c r="C254" s="70"/>
+      <c r="D254" s="70"/>
+      <c r="E254" s="70"/>
+      <c r="F254" s="70"/>
+      <c r="G254" s="70"/>
+      <c r="H254" s="70"/>
+      <c r="I254" s="70"/>
+      <c r="J254" s="70"/>
+    </row>
+    <row r="255" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A255" s="70"/>
+      <c r="B255" s="70"/>
+      <c r="C255" s="70"/>
+      <c r="D255" s="70"/>
+      <c r="E255" s="70"/>
+      <c r="F255" s="70"/>
+      <c r="G255" s="70"/>
+      <c r="H255" s="70"/>
+      <c r="I255" s="70"/>
+      <c r="J255" s="70"/>
+    </row>
+    <row r="256" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A256" s="70"/>
+      <c r="B256" s="70"/>
+      <c r="C256" s="70"/>
+      <c r="D256" s="70"/>
+      <c r="E256" s="70"/>
+      <c r="F256" s="70"/>
+      <c r="G256" s="70"/>
+      <c r="H256" s="70"/>
+      <c r="I256" s="70"/>
+      <c r="J256" s="70"/>
+    </row>
+    <row r="257" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A257" s="70"/>
+      <c r="B257" s="70"/>
+      <c r="C257" s="70"/>
+      <c r="D257" s="70"/>
+      <c r="E257" s="70"/>
+      <c r="F257" s="70"/>
+      <c r="G257" s="70"/>
+      <c r="H257" s="70"/>
+      <c r="I257" s="70"/>
+      <c r="J257" s="70"/>
+    </row>
+    <row r="258" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A258" s="70"/>
+      <c r="B258" s="70"/>
+      <c r="C258" s="70"/>
+      <c r="D258" s="70"/>
+      <c r="E258" s="70"/>
+      <c r="F258" s="70"/>
+      <c r="G258" s="70"/>
+      <c r="H258" s="70"/>
+      <c r="I258" s="70"/>
+      <c r="J258" s="70"/>
+    </row>
+    <row r="259" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A259" s="70"/>
+      <c r="B259" s="70"/>
+      <c r="C259" s="70"/>
+      <c r="D259" s="70"/>
+      <c r="E259" s="70"/>
+      <c r="F259" s="70"/>
+      <c r="G259" s="70"/>
+      <c r="H259" s="70"/>
+      <c r="I259" s="70"/>
+      <c r="J259" s="70"/>
+    </row>
+    <row r="260" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A260" s="70"/>
+      <c r="B260" s="70"/>
+      <c r="C260" s="70"/>
+      <c r="D260" s="70"/>
+      <c r="E260" s="70"/>
+      <c r="F260" s="70"/>
+      <c r="G260" s="70"/>
+      <c r="H260" s="70"/>
+      <c r="I260" s="70"/>
+      <c r="J260" s="70"/>
+    </row>
+    <row r="261" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A261" s="70"/>
+      <c r="B261" s="71"/>
+      <c r="C261" s="71"/>
+      <c r="D261" s="71"/>
+      <c r="E261" s="71"/>
+      <c r="F261" s="71"/>
+      <c r="G261" s="71"/>
+      <c r="H261" s="71"/>
+      <c r="I261" s="71"/>
+      <c r="J261" s="71"/>
+    </row>
+    <row r="262" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A262" s="70"/>
+      <c r="B262" s="71"/>
+      <c r="C262" s="71"/>
+      <c r="D262" s="71"/>
+      <c r="E262" s="71"/>
+      <c r="F262" s="71"/>
+      <c r="G262" s="71"/>
+      <c r="H262" s="71"/>
+      <c r="I262" s="71"/>
+      <c r="J262" s="71"/>
+    </row>
+    <row r="273" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="274" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="275" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="276" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="277" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="278" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="279" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="280" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="281" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="282" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="283" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="284" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="285" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="286" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="287" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="288" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="289" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="290" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="291" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="292" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="293" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="294" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="295" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="296" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="297" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="298" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="299" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="300" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="301" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="302" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="303" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="304" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="305" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="306" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="307" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="308" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="309" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="310" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="311" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="312" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="313" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="314" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="315" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="316" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="317" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="318" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="319" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="320" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="321" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="322" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="323" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="324" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="325" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="326" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="327" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="328" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="329" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="330" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="331" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="332" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="333" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="334" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="335" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="336" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="337" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="338" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="339" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="340" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="341" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="342" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="343" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="344" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="345" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="346" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="347" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="348" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="349" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="350" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="351" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="352" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="353" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="354" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="355" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="356" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="357" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="358" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="359" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="360" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="361" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="362" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="363" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="364" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="365" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="366" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="367" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="368" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="369" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="370" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="371" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="372" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="373" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="374" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="375" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="376" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="377" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="378" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="379" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="380" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="381" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="382" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="383" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="384" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="385" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="386" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="387" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="388" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="389" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="390" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="391" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="392" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="393" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="394" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="395" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="396" customFormat="1" x14ac:dyDescent="0.35"/>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-[...640 lines deleted...]
-  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="J24:J25"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D37"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{895E937C-460A-4527-9F58-C257E1507BD8}">
+  <dimension ref="A1:H174"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A38" sqref="A38"/>
+    <sheetView topLeftCell="A105" workbookViewId="0">
+      <selection activeCell="D27" sqref="D27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="2" width="39.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="8" width="16" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.35">
+      <c r="A1" s="19" t="s">
+        <v>852</v>
+      </c>
+      <c r="B1" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="C1" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="D1" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="E1" s="19" t="s">
         <v>3</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F1" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="19" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A2" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20" t="s">
+        <v>366</v>
+      </c>
+      <c r="D2" s="20" t="s">
+        <v>853</v>
+      </c>
+      <c r="E2" s="20"/>
+      <c r="F2" s="20">
+        <v>10</v>
+      </c>
+      <c r="G2" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" s="20" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A3" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="20"/>
+      <c r="C3" s="20" t="s">
+        <v>854</v>
+      </c>
+      <c r="D3" s="20" t="s">
+        <v>855</v>
+      </c>
+      <c r="E3" s="20"/>
+      <c r="F3" s="20">
+        <v>8</v>
+      </c>
+      <c r="G3" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" s="20" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="60" x14ac:dyDescent="0.35">
+      <c r="A4" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="20"/>
+      <c r="C4" s="20" t="s">
+        <v>857</v>
+      </c>
+      <c r="D4" s="20" t="s">
+        <v>858</v>
+      </c>
+      <c r="E4" s="20"/>
+      <c r="F4" s="20">
+        <v>12</v>
+      </c>
+      <c r="G4" s="20"/>
+      <c r="H4" s="20" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A5" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="20"/>
+      <c r="C5" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="D5" s="20" t="s">
+        <v>860</v>
+      </c>
+      <c r="E5" s="20"/>
+      <c r="F5" s="20">
+        <v>8</v>
+      </c>
+      <c r="G5" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" s="20" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="50" x14ac:dyDescent="0.35">
+      <c r="A6" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="20"/>
+      <c r="C6" s="20" t="s">
+        <v>311</v>
+      </c>
+      <c r="D6" s="20" t="s">
+        <v>862</v>
+      </c>
+      <c r="E6" s="20"/>
+      <c r="F6" s="20">
+        <v>13</v>
+      </c>
+      <c r="G6" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" s="20" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A7" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" s="20"/>
+      <c r="C7" s="20" t="s">
+        <v>864</v>
+      </c>
+      <c r="D7" s="20" t="s">
+        <v>865</v>
+      </c>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20">
+        <v>7</v>
+      </c>
+      <c r="G7" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H7" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A8" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" s="20"/>
+      <c r="C8" s="20" t="s">
+        <v>866</v>
+      </c>
+      <c r="D8" s="20" t="s">
+        <v>616</v>
+      </c>
+      <c r="E8" s="20"/>
+      <c r="F8" s="20">
+        <v>4</v>
+      </c>
+      <c r="G8" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H8" s="20" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A9" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" s="20"/>
+      <c r="C9" s="20" t="s">
+        <v>868</v>
+      </c>
+      <c r="D9" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20">
+        <v>10</v>
+      </c>
+      <c r="G9" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H9" s="20" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A10" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="20"/>
+      <c r="C10" s="20" t="s">
+        <v>869</v>
+      </c>
+      <c r="D10" s="20" t="s">
+        <v>870</v>
+      </c>
+      <c r="E10" s="20"/>
+      <c r="F10" s="20">
+        <v>6</v>
+      </c>
+      <c r="G10" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H10" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A11" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" s="20"/>
+      <c r="C11" s="20" t="s">
+        <v>871</v>
+      </c>
+      <c r="D11" s="20" t="s">
+        <v>617</v>
+      </c>
+      <c r="E11" s="20"/>
+      <c r="F11" s="20">
+        <v>8</v>
+      </c>
+      <c r="G11" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H11" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A12" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B12" s="20"/>
+      <c r="C12" s="20" t="s">
+        <v>872</v>
+      </c>
+      <c r="D12" s="20" t="s">
+        <v>873</v>
+      </c>
+      <c r="E12" s="20"/>
+      <c r="F12" s="20">
+        <v>9</v>
+      </c>
+      <c r="G12" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H12" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A13" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" s="20"/>
+      <c r="C13" s="20" t="s">
+        <v>874</v>
+      </c>
+      <c r="D13" s="20" t="s">
+        <v>873</v>
+      </c>
+      <c r="E13" s="20"/>
+      <c r="F13" s="20">
+        <v>2</v>
+      </c>
+      <c r="G13" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H13" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A14" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="20"/>
+      <c r="C14" s="20" t="s">
+        <v>875</v>
+      </c>
+      <c r="D14" s="20" t="s">
+        <v>876</v>
+      </c>
+      <c r="E14" s="20"/>
+      <c r="F14" s="20">
+        <v>11</v>
+      </c>
+      <c r="G14" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H14" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="70" x14ac:dyDescent="0.35">
+      <c r="A15" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="20"/>
+      <c r="C15" s="20" t="s">
+        <v>296</v>
+      </c>
+      <c r="D15" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="E15" s="20"/>
+      <c r="F15" s="20">
+        <v>9</v>
+      </c>
+      <c r="G15" s="20" t="s">
+        <v>657</v>
+      </c>
+      <c r="H15" s="20" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A16" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" s="20"/>
+      <c r="C16" s="20" t="s">
+        <v>878</v>
+      </c>
+      <c r="D16" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" s="20"/>
+      <c r="F16" s="20">
+        <v>7</v>
+      </c>
+      <c r="G16" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H16" s="20" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A17" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="20"/>
+      <c r="C17" s="20" t="s">
+        <v>880</v>
+      </c>
+      <c r="D17" s="20" t="s">
+        <v>881</v>
+      </c>
+      <c r="E17" s="20"/>
+      <c r="F17" s="20">
+        <v>9</v>
+      </c>
+      <c r="G17" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H17" s="20" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A18" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="20"/>
+      <c r="C18" s="20" t="s">
+        <v>882</v>
+      </c>
+      <c r="D18" s="20" t="s">
+        <v>883</v>
+      </c>
+      <c r="E18" s="20"/>
+      <c r="F18" s="20">
+        <v>6</v>
+      </c>
+      <c r="G18" s="20" t="s">
+        <v>404</v>
+      </c>
+      <c r="H18" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A19" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="20"/>
+      <c r="C19" s="20" t="s">
+        <v>884</v>
+      </c>
+      <c r="D19" s="20" t="s">
+        <v>885</v>
+      </c>
+      <c r="E19" s="20"/>
+      <c r="F19" s="20">
+        <v>10</v>
+      </c>
+      <c r="G19" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H19" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A20" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" s="20"/>
+      <c r="C20" s="20" t="s">
+        <v>632</v>
+      </c>
+      <c r="D20" s="20" t="s">
+        <v>885</v>
+      </c>
+      <c r="E20" s="20"/>
+      <c r="F20" s="20">
+        <v>1</v>
+      </c>
+      <c r="G20" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H20" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A21" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B21" s="20"/>
+      <c r="C21" s="20" t="s">
+        <v>342</v>
+      </c>
+      <c r="D21" s="20" t="s">
+        <v>685</v>
+      </c>
+      <c r="E21" s="20"/>
+      <c r="F21" s="20">
+        <v>1</v>
+      </c>
+      <c r="G21" s="20" t="s">
+        <v>886</v>
+      </c>
+      <c r="H21" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A22" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="20"/>
+      <c r="C22" s="20" t="s">
+        <v>647</v>
+      </c>
+      <c r="D22" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="E22" s="20"/>
+      <c r="F22" s="20">
+        <v>5</v>
+      </c>
+      <c r="G22" s="20" t="s">
+        <v>887</v>
+      </c>
+      <c r="H22" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A23" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B23" s="20"/>
+      <c r="C23" s="20" t="s">
         <v>71</v>
       </c>
-      <c r="B4" t="s">
-[...24 lines deleted...]
-      <c r="A6" t="s">
+      <c r="D23" s="20" t="s">
+        <v>888</v>
+      </c>
+      <c r="E23" s="20"/>
+      <c r="F23" s="20">
+        <v>14</v>
+      </c>
+      <c r="G23" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H23" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A24" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B24" s="20"/>
+      <c r="C24" s="20" t="s">
+        <v>889</v>
+      </c>
+      <c r="D24" s="20" t="s">
+        <v>626</v>
+      </c>
+      <c r="E24" s="20"/>
+      <c r="F24" s="20">
+        <v>4</v>
+      </c>
+      <c r="G24" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H24" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A25" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" s="20"/>
+      <c r="C25" s="20" t="s">
+        <v>890</v>
+      </c>
+      <c r="D25" s="20" t="s">
+        <v>891</v>
+      </c>
+      <c r="E25" s="20"/>
+      <c r="F25" s="20">
+        <v>12</v>
+      </c>
+      <c r="G25" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H25" s="20" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A26" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" s="20"/>
+      <c r="C26" s="20" t="s">
+        <v>893</v>
+      </c>
+      <c r="D26" s="20" t="s">
+        <v>894</v>
+      </c>
+      <c r="E26" s="20"/>
+      <c r="F26" s="20">
+        <v>12</v>
+      </c>
+      <c r="G26" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H26" s="20" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A27" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B27" s="20"/>
+      <c r="C27" s="20" t="s">
+        <v>895</v>
+      </c>
+      <c r="D27" s="20" t="s">
+        <v>894</v>
+      </c>
+      <c r="E27" s="20"/>
+      <c r="F27" s="20">
+        <v>13</v>
+      </c>
+      <c r="G27" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H27" s="20" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A28" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" s="20"/>
+      <c r="C28" s="20" t="s">
+        <v>896</v>
+      </c>
+      <c r="D28" s="20" t="s">
+        <v>619</v>
+      </c>
+      <c r="E28" s="20"/>
+      <c r="F28" s="20">
+        <v>12</v>
+      </c>
+      <c r="G28" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H28" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A29" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B29" s="20"/>
+      <c r="C29" s="20" t="s">
+        <v>897</v>
+      </c>
+      <c r="D29" s="20" t="s">
+        <v>347</v>
+      </c>
+      <c r="E29" s="20"/>
+      <c r="F29" s="20">
+        <v>11</v>
+      </c>
+      <c r="G29" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" s="20" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A30" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B30" s="20"/>
+      <c r="C30" s="20" t="s">
+        <v>899</v>
+      </c>
+      <c r="D30" s="20" t="s">
+        <v>154</v>
+      </c>
+      <c r="E30" s="22"/>
+      <c r="F30" s="20">
+        <v>2</v>
+      </c>
+      <c r="G30" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H30" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A31" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B31" s="20"/>
+      <c r="C31" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="D31" s="20" t="s">
+        <v>900</v>
+      </c>
+      <c r="E31" s="22"/>
+      <c r="F31" s="20">
+        <v>14</v>
+      </c>
+      <c r="G31" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H31" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="50" x14ac:dyDescent="0.35">
+      <c r="A32" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="B32" s="20"/>
+      <c r="C32" s="20" t="s">
+        <v>627</v>
+      </c>
+      <c r="D32" s="20" t="s">
+        <v>121</v>
+      </c>
+      <c r="E32" s="22"/>
+      <c r="F32" s="20">
+        <v>6</v>
+      </c>
+      <c r="G32" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H32" s="20" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A33" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B33" s="20"/>
+      <c r="C33" s="20" t="s">
+        <v>632</v>
+      </c>
+      <c r="D33" s="20" t="s">
+        <v>902</v>
+      </c>
+      <c r="E33" s="22"/>
+      <c r="F33" s="20">
+        <v>5</v>
+      </c>
+      <c r="G33" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H33" s="20" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A34" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="B34" s="20"/>
+      <c r="C34" s="20" t="s">
+        <v>374</v>
+      </c>
+      <c r="D34" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E34" s="22"/>
+      <c r="F34" s="20">
+        <v>4</v>
+      </c>
+      <c r="G34" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H34" s="20" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A35" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B35" s="20"/>
+      <c r="C35" s="20" t="s">
+        <v>905</v>
+      </c>
+      <c r="D35" s="20" t="s">
+        <v>906</v>
+      </c>
+      <c r="E35" s="22"/>
+      <c r="F35" s="20">
+        <v>10</v>
+      </c>
+      <c r="G35" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H35" s="20" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="60" x14ac:dyDescent="0.35">
+      <c r="A36" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="B36" s="20"/>
+      <c r="C36" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="D36" s="20" t="s">
+        <v>908</v>
+      </c>
+      <c r="E36" s="22"/>
+      <c r="F36" s="20">
+        <v>2</v>
+      </c>
+      <c r="G36" s="20" t="s">
+        <v>650</v>
+      </c>
+      <c r="H36" s="20" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A37" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B37" s="20"/>
+      <c r="C37" s="20" t="s">
+        <v>910</v>
+      </c>
+      <c r="D37" s="20" t="s">
+        <v>911</v>
+      </c>
+      <c r="E37" s="22"/>
+      <c r="F37" s="20">
+        <v>3</v>
+      </c>
+      <c r="G37" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H37" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A38" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B38" s="20"/>
+      <c r="C38" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="D38" s="20" t="s">
+        <v>912</v>
+      </c>
+      <c r="E38" s="22"/>
+      <c r="F38" s="20">
+        <v>10</v>
+      </c>
+      <c r="G38" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H38" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A39" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B39" s="20"/>
+      <c r="C39" s="20" t="s">
+        <v>913</v>
+      </c>
+      <c r="D39" s="20" t="s">
+        <v>914</v>
+      </c>
+      <c r="E39" s="22"/>
+      <c r="F39" s="20">
+        <v>15</v>
+      </c>
+      <c r="G39" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H39" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A40" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B40" s="20"/>
+      <c r="C40" s="20" t="s">
+        <v>659</v>
+      </c>
+      <c r="D40" s="20" t="s">
+        <v>915</v>
+      </c>
+      <c r="E40" s="20"/>
+      <c r="F40" s="20">
+        <v>8</v>
+      </c>
+      <c r="G40" s="20" t="s">
+        <v>662</v>
+      </c>
+      <c r="H40" s="20" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="50" x14ac:dyDescent="0.35">
+      <c r="A41" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B41" s="20"/>
+      <c r="C41" s="20" t="s">
+        <v>917</v>
+      </c>
+      <c r="D41" s="20" t="s">
+        <v>918</v>
+      </c>
+      <c r="E41" s="20"/>
+      <c r="F41" s="20">
+        <v>11</v>
+      </c>
+      <c r="G41" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H41" s="20" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A42" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B42" s="20"/>
+      <c r="C42" s="20" t="s">
+        <v>920</v>
+      </c>
+      <c r="D42" s="20" t="s">
+        <v>921</v>
+      </c>
+      <c r="E42" s="20"/>
+      <c r="F42" s="20" t="s">
+        <v>922</v>
+      </c>
+      <c r="G42" s="20" t="s">
+        <v>920</v>
+      </c>
+      <c r="H42" s="20" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A43" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B43" s="20"/>
+      <c r="C43" s="20" t="s">
+        <v>924</v>
+      </c>
+      <c r="D43" s="20" t="s">
+        <v>195</v>
+      </c>
+      <c r="E43" s="20"/>
+      <c r="F43" s="20">
+        <v>4</v>
+      </c>
+      <c r="G43" s="20" t="s">
+        <v>920</v>
+      </c>
+      <c r="H43" s="20" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A44" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B44" s="20"/>
+      <c r="C44" s="20" t="s">
+        <v>214</v>
+      </c>
+      <c r="D44" s="20" t="s">
+        <v>926</v>
+      </c>
+      <c r="E44" s="20"/>
+      <c r="F44" s="20">
+        <v>8</v>
+      </c>
+      <c r="G44" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H44" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A45" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B45" s="20"/>
+      <c r="C45" s="20" t="s">
+        <v>927</v>
+      </c>
+      <c r="D45" s="20" t="s">
+        <v>928</v>
+      </c>
+      <c r="E45" s="20"/>
+      <c r="F45" s="20">
+        <v>11</v>
+      </c>
+      <c r="G45" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H45" s="20" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A46" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B46" s="20"/>
+      <c r="C46" s="20">
+        <v>42</v>
+      </c>
+      <c r="D46" s="20" t="s">
+        <v>930</v>
+      </c>
+      <c r="E46" s="20"/>
+      <c r="F46" s="20">
+        <v>11</v>
+      </c>
+      <c r="G46" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" s="20" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A47" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B47" s="20"/>
+      <c r="C47" s="20" t="s">
+        <v>932</v>
+      </c>
+      <c r="D47" s="20" t="s">
+        <v>933</v>
+      </c>
+      <c r="E47" s="20"/>
+      <c r="F47" s="20">
+        <v>1</v>
+      </c>
+      <c r="G47" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H47" s="20" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A48" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B48" s="20"/>
+      <c r="C48" s="20" t="s">
+        <v>935</v>
+      </c>
+      <c r="D48" s="20" t="s">
+        <v>933</v>
+      </c>
+      <c r="E48" s="20"/>
+      <c r="F48" s="20">
+        <v>1</v>
+      </c>
+      <c r="G48" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H48" s="20" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A49" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B49" s="20"/>
+      <c r="C49" s="20" t="s">
+        <v>936</v>
+      </c>
+      <c r="D49" s="20" t="s">
+        <v>933</v>
+      </c>
+      <c r="E49" s="20"/>
+      <c r="F49" s="20">
+        <v>3</v>
+      </c>
+      <c r="G49" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H49" s="20" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A50" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="B50" s="20"/>
+      <c r="C50" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="D50" s="20" t="s">
+        <v>937</v>
+      </c>
+      <c r="E50" s="20"/>
+      <c r="F50" s="20">
+        <v>6</v>
+      </c>
+      <c r="G50" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H50" s="20" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A51" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B51" s="20"/>
+      <c r="C51" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="D51" s="20" t="s">
+        <v>938</v>
+      </c>
+      <c r="E51" s="20"/>
+      <c r="F51" s="20">
+        <v>4</v>
+      </c>
+      <c r="G51" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H51" s="20" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A52" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B52" s="20"/>
+      <c r="C52" s="20" t="s">
+        <v>940</v>
+      </c>
+      <c r="D52" s="20" t="s">
+        <v>661</v>
+      </c>
+      <c r="E52" s="20"/>
+      <c r="F52" s="20">
+        <v>1</v>
+      </c>
+      <c r="G52" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H52" s="20" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A53" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B53" s="20"/>
+      <c r="C53" s="20" t="s">
+        <v>942</v>
+      </c>
+      <c r="D53" s="20" t="s">
+        <v>943</v>
+      </c>
+      <c r="E53" s="20"/>
+      <c r="F53" s="20">
+        <v>6</v>
+      </c>
+      <c r="G53" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" s="20" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A54" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B54" s="20"/>
+      <c r="C54" s="20" t="s">
+        <v>945</v>
+      </c>
+      <c r="D54" s="20" t="s">
+        <v>943</v>
+      </c>
+      <c r="E54" s="20"/>
+      <c r="F54" s="20">
+        <v>4</v>
+      </c>
+      <c r="G54" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" s="20" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A55" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B55" s="20"/>
+      <c r="C55" s="20" t="s">
+        <v>946</v>
+      </c>
+      <c r="D55" s="20" t="s">
+        <v>561</v>
+      </c>
+      <c r="E55" s="20"/>
+      <c r="F55" s="20">
+        <v>11</v>
+      </c>
+      <c r="G55" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H55" s="20" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A56" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B56" s="20"/>
+      <c r="C56" s="20" t="s">
+        <v>948</v>
+      </c>
+      <c r="D56" s="20" t="s">
+        <v>619</v>
+      </c>
+      <c r="E56" s="20"/>
+      <c r="F56" s="20">
+        <v>3</v>
+      </c>
+      <c r="G56" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="H56" s="20" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A57" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B57" s="20"/>
+      <c r="C57" s="20" t="s">
+        <v>950</v>
+      </c>
+      <c r="D57" s="20" t="s">
+        <v>230</v>
+      </c>
+      <c r="E57" s="20"/>
+      <c r="F57" s="20">
+        <v>7</v>
+      </c>
+      <c r="G57" s="23" t="s">
+        <v>657</v>
+      </c>
+      <c r="H57" s="20" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A58" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B58" s="20"/>
+      <c r="C58" s="20" t="s">
+        <v>194</v>
+      </c>
+      <c r="D58" s="20" t="s">
+        <v>295</v>
+      </c>
+      <c r="E58" s="20"/>
+      <c r="F58" s="20">
+        <v>10</v>
+      </c>
+      <c r="G58" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="H58" s="20" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A59" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B59" s="20"/>
+      <c r="C59" s="20" t="s">
+        <v>953</v>
+      </c>
+      <c r="D59" s="20" t="s">
+        <v>954</v>
+      </c>
+      <c r="E59" s="20"/>
+      <c r="F59" s="20">
+        <v>12</v>
+      </c>
+      <c r="G59" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H59" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A60" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B60" s="20"/>
+      <c r="C60" s="20" t="s">
+        <v>632</v>
+      </c>
+      <c r="D60" s="20" t="s">
+        <v>297</v>
+      </c>
+      <c r="E60" s="20"/>
+      <c r="F60" s="20">
+        <v>10</v>
+      </c>
+      <c r="G60" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H60" s="20" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A61" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B61" s="20"/>
+      <c r="C61" s="20" t="s">
+        <v>956</v>
+      </c>
+      <c r="D61" s="20" t="s">
+        <v>616</v>
+      </c>
+      <c r="E61" s="20"/>
+      <c r="F61" s="20">
+        <v>1</v>
+      </c>
+      <c r="G61" s="23"/>
+      <c r="H61" s="20" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A62" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B62" s="20"/>
+      <c r="C62" s="20" t="s">
+        <v>142</v>
+      </c>
+      <c r="D62" s="20" t="s">
+        <v>616</v>
+      </c>
+      <c r="E62" s="20"/>
+      <c r="F62" s="20">
+        <v>2</v>
+      </c>
+      <c r="G62" s="23"/>
+      <c r="H62" s="20" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A63" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B63" s="20" t="s">
+        <v>958</v>
+      </c>
+      <c r="C63" s="20" t="s">
+        <v>134</v>
+      </c>
+      <c r="D63" s="20" t="s">
+        <v>959</v>
+      </c>
+      <c r="E63" s="20"/>
+      <c r="F63" s="20">
+        <v>7</v>
+      </c>
+      <c r="G63" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="H63" s="20" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A64" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B64" s="20"/>
+      <c r="C64" s="20" t="s">
+        <v>961</v>
+      </c>
+      <c r="D64" s="20" t="s">
+        <v>962</v>
+      </c>
+      <c r="E64" s="20"/>
+      <c r="F64" s="20">
+        <v>14</v>
+      </c>
+      <c r="G64" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H64" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A65" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B65" s="20"/>
+      <c r="C65" s="20" t="s">
+        <v>963</v>
+      </c>
+      <c r="D65" s="20" t="s">
+        <v>964</v>
+      </c>
+      <c r="E65" s="20"/>
+      <c r="F65" s="20">
+        <v>6</v>
+      </c>
+      <c r="G65" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H65" s="20" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A66" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B66" s="20"/>
+      <c r="C66" s="20" t="s">
+        <v>965</v>
+      </c>
+      <c r="D66" s="20" t="s">
+        <v>966</v>
+      </c>
+      <c r="E66" s="20"/>
+      <c r="F66" s="20">
+        <v>4</v>
+      </c>
+      <c r="G66" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H66" s="20" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A67" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B67" s="20"/>
+      <c r="C67" s="20" t="s">
+        <v>968</v>
+      </c>
+      <c r="D67" s="20" t="s">
+        <v>969</v>
+      </c>
+      <c r="E67" s="20"/>
+      <c r="F67" s="20">
+        <v>12</v>
+      </c>
+      <c r="G67" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H67" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="60" x14ac:dyDescent="0.35">
+      <c r="A68" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B68" s="20"/>
+      <c r="C68" s="20" t="s">
+        <v>970</v>
+      </c>
+      <c r="D68" s="20" t="s">
+        <v>971</v>
+      </c>
+      <c r="E68" s="20"/>
+      <c r="F68" s="20">
+        <v>5</v>
+      </c>
+      <c r="G68" s="23"/>
+      <c r="H68" s="20" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A69" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B69" s="20"/>
+      <c r="C69" s="20" t="s">
+        <v>572</v>
+      </c>
+      <c r="D69" s="20" t="s">
+        <v>973</v>
+      </c>
+      <c r="E69" s="20"/>
+      <c r="F69" s="20">
+        <v>8</v>
+      </c>
+      <c r="G69" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="H69" s="20" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A70" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B70" s="20"/>
+      <c r="C70" s="20" t="s">
+        <v>975</v>
+      </c>
+      <c r="D70" s="20" t="s">
+        <v>976</v>
+      </c>
+      <c r="E70" s="20"/>
+      <c r="F70" s="20">
+        <v>12</v>
+      </c>
+      <c r="G70" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H70" s="20" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A71" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B71" s="20"/>
+      <c r="C71" s="20" t="s">
+        <v>977</v>
+      </c>
+      <c r="D71" s="20" t="s">
+        <v>978</v>
+      </c>
+      <c r="E71" s="20"/>
+      <c r="F71" s="20">
+        <v>12</v>
+      </c>
+      <c r="G71" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H71" s="20" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A72" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B72" s="20"/>
+      <c r="C72" s="20" t="s">
+        <v>940</v>
+      </c>
+      <c r="D72" s="20" t="s">
+        <v>980</v>
+      </c>
+      <c r="E72" s="20"/>
+      <c r="F72" s="20">
+        <v>14</v>
+      </c>
+      <c r="G72" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H72" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A73" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B73" s="20"/>
+      <c r="C73" s="20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D73" s="20" t="s">
+        <v>981</v>
+      </c>
+      <c r="E73" s="20"/>
+      <c r="F73" s="20">
+        <v>12</v>
+      </c>
+      <c r="G73" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H73" s="20" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A74" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B74" s="20"/>
+      <c r="C74" s="20">
+        <v>21</v>
+      </c>
+      <c r="D74" s="20" t="s">
+        <v>295</v>
+      </c>
+      <c r="E74" s="20"/>
+      <c r="F74" s="20">
+        <v>13</v>
+      </c>
+      <c r="G74" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H74" s="20" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A75" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B75" s="20"/>
+      <c r="C75" s="20">
         <v>74</v>
       </c>
-      <c r="B6" t="s">
-[...13 lines deleted...]
-      <c r="B7" t="s">
+      <c r="D75" s="20" t="s">
+        <v>978</v>
+      </c>
+      <c r="E75" s="20"/>
+      <c r="F75" s="20">
+        <v>12</v>
+      </c>
+      <c r="G75" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H75" s="20" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A76" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B76" s="20"/>
+      <c r="C76" s="20" t="s">
+        <v>572</v>
+      </c>
+      <c r="D76" s="20" t="s">
+        <v>985</v>
+      </c>
+      <c r="E76" s="20"/>
+      <c r="F76" s="20">
+        <v>7</v>
+      </c>
+      <c r="G76" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H76" s="20" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A77" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B77" s="20"/>
+      <c r="C77" s="20" t="s">
+        <v>987</v>
+      </c>
+      <c r="D77" s="20" t="s">
+        <v>282</v>
+      </c>
+      <c r="E77" s="20"/>
+      <c r="F77" s="20">
+        <v>4</v>
+      </c>
+      <c r="G77" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H77" s="20" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A78" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B78" s="20"/>
+      <c r="C78" s="20" t="s">
+        <v>989</v>
+      </c>
+      <c r="D78" s="20" t="s">
+        <v>990</v>
+      </c>
+      <c r="E78" s="20"/>
+      <c r="F78" s="20">
+        <v>14</v>
+      </c>
+      <c r="G78" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H78" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A79" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B79" s="20"/>
+      <c r="C79" s="20" t="s">
+        <v>991</v>
+      </c>
+      <c r="D79" s="20" t="s">
+        <v>992</v>
+      </c>
+      <c r="E79" s="20"/>
+      <c r="F79" s="20">
         <v>10</v>
       </c>
-      <c r="C7" t="s">
-[...10 lines deleted...]
-      <c r="B8" t="s">
+      <c r="G79" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H79" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="100" x14ac:dyDescent="0.35">
+      <c r="A80" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B80" s="20"/>
+      <c r="C80" s="20" t="s">
+        <v>993</v>
+      </c>
+      <c r="D80" s="20" t="s">
+        <v>994</v>
+      </c>
+      <c r="E80" s="20"/>
+      <c r="F80" s="20">
+        <v>2</v>
+      </c>
+      <c r="G80" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H80" s="20" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A81" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B81" s="20"/>
+      <c r="C81" s="20" t="s">
+        <v>587</v>
+      </c>
+      <c r="D81" s="20" t="s">
+        <v>656</v>
+      </c>
+      <c r="E81" s="20"/>
+      <c r="F81" s="20">
         <v>10</v>
       </c>
-      <c r="C8" t="s">
-[...49 lines deleted...]
-      <c r="A12" t="s">
+      <c r="G81" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H81" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A82" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B82" s="20"/>
+      <c r="C82" s="20" t="s">
+        <v>996</v>
+      </c>
+      <c r="D82" s="20" t="s">
+        <v>997</v>
+      </c>
+      <c r="E82" s="20"/>
+      <c r="F82" s="20">
+        <v>5</v>
+      </c>
+      <c r="G82" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H82" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A83" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="B83" s="20"/>
+      <c r="C83" s="20" t="s">
+        <v>998</v>
+      </c>
+      <c r="D83" s="20" t="s">
+        <v>999</v>
+      </c>
+      <c r="E83" s="20"/>
+      <c r="F83" s="20" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G83" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H83" s="20" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A84" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B84" s="20"/>
+      <c r="C84" s="20" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D84" s="20" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E84" s="20"/>
+      <c r="F84" s="20">
+        <v>9</v>
+      </c>
+      <c r="G84" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H84" s="20" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A85" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B85" s="20"/>
+      <c r="C85" s="20" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D85" s="20" t="s">
+        <v>959</v>
+      </c>
+      <c r="E85" s="20"/>
+      <c r="F85" s="20">
+        <v>10</v>
+      </c>
+      <c r="G85" s="23" t="s">
+        <v>657</v>
+      </c>
+      <c r="H85" s="20" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A86" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B86" s="20"/>
+      <c r="C86" s="20" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D86" s="20" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E86" s="20"/>
+      <c r="F86" s="20">
+        <v>14</v>
+      </c>
+      <c r="G86" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="H86" s="20" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A87" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B87" s="20"/>
+      <c r="C87" s="20" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D87" s="20" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E87" s="20"/>
+      <c r="F87" s="20">
+        <v>14</v>
+      </c>
+      <c r="G87" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="H87" s="20" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A88" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="B88" s="20"/>
+      <c r="C88" s="20" t="s">
         <v>81</v>
       </c>
-      <c r="B12" t="s">
-[...63 lines deleted...]
-      <c r="A17" t="s">
+      <c r="D88" s="20" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E88" s="20"/>
+      <c r="F88" s="20">
+        <v>5</v>
+      </c>
+      <c r="G88" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" s="20" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A89" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="B89" s="20"/>
+      <c r="C89" s="20" t="s">
+        <v>296</v>
+      </c>
+      <c r="D89" s="20" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E89" s="20"/>
+      <c r="F89" s="20">
+        <v>8</v>
+      </c>
+      <c r="G89" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" s="20" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A90" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="B90" s="20"/>
+      <c r="C90" s="20" t="s">
+        <v>214</v>
+      </c>
+      <c r="D90" s="20" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E90" s="20"/>
+      <c r="F90" s="20">
+        <v>14</v>
+      </c>
+      <c r="G90" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H90" s="20" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A91" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="B91" s="20"/>
+      <c r="C91" s="20" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D91" s="20" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E91" s="20"/>
+      <c r="F91" s="20">
+        <v>11</v>
+      </c>
+      <c r="G91" s="20" t="s">
         <v>87</v>
       </c>
-      <c r="C17" t="s">
-[...43 lines deleted...]
-      <c r="A21" t="s">
+      <c r="H91" s="20" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A92" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="B92" s="20"/>
+      <c r="C92" s="20" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D92" s="20" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E92" s="20"/>
+      <c r="F92" s="20">
+        <v>11</v>
+      </c>
+      <c r="G92" s="20" t="s">
+        <v>886</v>
+      </c>
+      <c r="H92" s="20" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A93" s="21" t="s">
+        <v>328</v>
+      </c>
+      <c r="B93" s="20"/>
+      <c r="C93" s="20" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D93" s="20" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E93" s="20"/>
+      <c r="F93" s="20">
+        <v>11</v>
+      </c>
+      <c r="G93" s="20" t="s">
+        <v>657</v>
+      </c>
+      <c r="H93" s="20" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A94" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B94" s="20"/>
+      <c r="C94" s="20" t="s">
+        <v>631</v>
+      </c>
+      <c r="D94" s="20" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E94" s="22"/>
+      <c r="F94" s="20">
+        <v>5</v>
+      </c>
+      <c r="G94" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H94" s="20" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A95" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B95" s="20"/>
+      <c r="C95" s="20" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D95" s="20" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E95" s="22"/>
+      <c r="F95" s="20">
+        <v>14</v>
+      </c>
+      <c r="G95" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H95" s="20" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A96" s="21" t="s">
+        <v>369</v>
+      </c>
+      <c r="B96" s="20"/>
+      <c r="C96" s="20" t="s">
         <v>92</v>
       </c>
-      <c r="C21" t="s">
-[...138 lines deleted...]
-      <c r="A32" t="s">
+      <c r="D96" s="20" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E96" s="22"/>
+      <c r="F96" s="20">
+        <v>13</v>
+      </c>
+      <c r="G96" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H96" s="20" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A97" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B97" s="20"/>
+      <c r="C97" s="20" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D97" s="20" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E97" s="22"/>
+      <c r="F97" s="20">
+        <v>10</v>
+      </c>
+      <c r="G97" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H97" s="20" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A98" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B98" s="20"/>
+      <c r="C98" s="20" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D98" s="20" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E98" s="20"/>
+      <c r="F98" s="20">
+        <v>13</v>
+      </c>
+      <c r="G98" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H98" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A99" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B99" s="20"/>
+      <c r="C99" s="20" t="s">
+        <v>663</v>
+      </c>
+      <c r="D99" s="20" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E99" s="22"/>
+      <c r="F99" s="20">
+        <v>4</v>
+      </c>
+      <c r="G99" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H99" s="20" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A100" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B100" s="20"/>
+      <c r="C100" s="20" t="s">
+        <v>633</v>
+      </c>
+      <c r="D100" s="20" t="s">
+        <v>620</v>
+      </c>
+      <c r="E100" s="22"/>
+      <c r="F100" s="20">
+        <v>6</v>
+      </c>
+      <c r="G100" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H100" s="20" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="50" x14ac:dyDescent="0.35">
+      <c r="A101" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B101" s="20"/>
+      <c r="C101" s="20" t="s">
+        <v>376</v>
+      </c>
+      <c r="D101" s="20" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E101" s="20"/>
+      <c r="F101" s="20">
+        <v>5</v>
+      </c>
+      <c r="G101" s="20" t="s">
         <v>111</v>
       </c>
-      <c r="C32" t="s">
-[...18 lines deleted...]
-      <c r="A34" s="15" t="s">
+      <c r="H101" s="20" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A102" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B102" s="20"/>
+      <c r="C102" s="20" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D102" s="20" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E102" s="22"/>
+      <c r="F102" s="20">
+        <v>8</v>
+      </c>
+      <c r="G102" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H102" s="20" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A103" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B103" s="20"/>
+      <c r="C103" s="20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D103" s="20" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E103" s="22"/>
+      <c r="F103" s="20">
+        <v>13</v>
+      </c>
+      <c r="G103" s="20" t="s">
+        <v>650</v>
+      </c>
+      <c r="H103" s="20" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A104" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B104" s="20"/>
+      <c r="C104" s="20" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D104" s="20" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E104" s="20"/>
+      <c r="F104" s="20">
+        <v>6</v>
+      </c>
+      <c r="G104" s="20" t="s">
+        <v>594</v>
+      </c>
+      <c r="H104" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A105" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B105" s="20"/>
+      <c r="C105" s="20" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D105" s="20" t="s">
+        <v>628</v>
+      </c>
+      <c r="E105" s="22"/>
+      <c r="F105" s="20">
+        <v>6</v>
+      </c>
+      <c r="G105" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H105" s="20" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A106" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="B106" s="20"/>
+      <c r="C106" s="20" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D106" s="20" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E106" s="22"/>
+      <c r="F106" s="20">
+        <v>4</v>
+      </c>
+      <c r="G106" s="20" t="s">
+        <v>657</v>
+      </c>
+      <c r="H106" s="20" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A107" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B107" s="20"/>
+      <c r="C107" s="20" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D107" s="20" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E107" s="20"/>
+      <c r="F107" s="20">
+        <v>4</v>
+      </c>
+      <c r="G107" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H107" s="20" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A108" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B108" s="20"/>
+      <c r="C108" s="20" t="s">
+        <v>134</v>
+      </c>
+      <c r="D108" s="20" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E108" s="20"/>
+      <c r="F108" s="20">
+        <v>11</v>
+      </c>
+      <c r="G108" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H108" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A109" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B109" s="20"/>
+      <c r="C109" s="20" t="s">
+        <v>632</v>
+      </c>
+      <c r="D109" s="20" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E109" s="20"/>
+      <c r="F109" s="20">
+        <v>8</v>
+      </c>
+      <c r="G109" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H109" s="20" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A110" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B110" s="20"/>
+      <c r="C110" s="20" t="s">
+        <v>481</v>
+      </c>
+      <c r="D110" s="20" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E110" s="20"/>
+      <c r="F110" s="20">
+        <v>3</v>
+      </c>
+      <c r="G110" s="20" t="s">
+        <v>886</v>
+      </c>
+      <c r="H110" s="20" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A111" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B111" s="20"/>
+      <c r="C111" s="20" t="s">
+        <v>484</v>
+      </c>
+      <c r="D111" s="20" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E111" s="20"/>
+      <c r="F111" s="20">
+        <v>4</v>
+      </c>
+      <c r="G111" s="20" t="s">
+        <v>886</v>
+      </c>
+      <c r="H111" s="20" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A112" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B112" s="20"/>
+      <c r="C112" s="20" t="s">
+        <v>646</v>
+      </c>
+      <c r="D112" s="20" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E112" s="20"/>
+      <c r="F112" s="20">
+        <v>6</v>
+      </c>
+      <c r="G112" s="20" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H112" s="20" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A113" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B113" s="20"/>
+      <c r="C113" s="20" t="s">
+        <v>652</v>
+      </c>
+      <c r="D113" s="20" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E113" s="20"/>
+      <c r="F113" s="20">
+        <v>4</v>
+      </c>
+      <c r="G113" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H113" s="20" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A114" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B114" s="20"/>
+      <c r="C114" s="20" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D114" s="20" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E114" s="20"/>
+      <c r="F114" s="20">
+        <v>1</v>
+      </c>
+      <c r="G114" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H114" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A115" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B115" s="20"/>
+      <c r="C115" s="20" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D115" s="20" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E115" s="20"/>
+      <c r="F115" s="20">
+        <v>3</v>
+      </c>
+      <c r="G115" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H115" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A116" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B116" s="20"/>
+      <c r="C116" s="20" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D116" s="20" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E116" s="20"/>
+      <c r="F116" s="20">
+        <v>8</v>
+      </c>
+      <c r="G116" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H116" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A117" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B117" s="20"/>
+      <c r="C117" s="20" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D117" s="20" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E117" s="20"/>
+      <c r="F117" s="20">
+        <v>1</v>
+      </c>
+      <c r="G117" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H117" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A118" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B118" s="20"/>
+      <c r="C118" s="20" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D118" s="20" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E118" s="20"/>
+      <c r="F118" s="20">
+        <v>1</v>
+      </c>
+      <c r="G118" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H118" s="20" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A119" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B119" s="20"/>
+      <c r="C119" s="20" t="s">
+        <v>296</v>
+      </c>
+      <c r="D119" s="20" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E119" s="22"/>
+      <c r="F119" s="20">
+        <v>3</v>
+      </c>
+      <c r="G119" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H119" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A120" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B120" s="20"/>
+      <c r="C120" s="20" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D120" s="20" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E120" s="22"/>
+      <c r="F120" s="20">
+        <v>10</v>
+      </c>
+      <c r="G120" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H120" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A121" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B121" s="20"/>
+      <c r="C121" s="20" t="s">
+        <v>645</v>
+      </c>
+      <c r="D121" s="20" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E121" s="20"/>
+      <c r="F121" s="20">
+        <v>12</v>
+      </c>
+      <c r="G121" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H121" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A122" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B122" s="20"/>
+      <c r="C122" s="20">
+        <v>60</v>
+      </c>
+      <c r="D122" s="20" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E122" s="20"/>
+      <c r="F122" s="20">
+        <v>6</v>
+      </c>
+      <c r="G122" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H122" s="20" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A123" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B123" s="20"/>
+      <c r="C123" s="20" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D123" s="20" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E123" s="20"/>
+      <c r="F123" s="20" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G123" s="20" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H123" s="24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A124" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B124" s="20"/>
+      <c r="C124" s="20" t="s">
+        <v>572</v>
+      </c>
+      <c r="D124" s="20" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E124" s="20"/>
+      <c r="F124" s="20">
+        <v>10</v>
+      </c>
+      <c r="G124" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H124" s="24" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A125" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="B125" s="20"/>
+      <c r="C125" s="20" t="s">
+        <v>470</v>
+      </c>
+      <c r="D125" s="20" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E125" s="20"/>
+      <c r="F125" s="20">
+        <v>13</v>
+      </c>
+      <c r="G125" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H125" s="24" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A126" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="B126" s="20"/>
+      <c r="C126" s="20" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D126" s="20" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E126" s="20"/>
+      <c r="F126" s="20">
+        <v>2</v>
+      </c>
+      <c r="G126" s="20" t="s">
+        <v>886</v>
+      </c>
+      <c r="H126" s="24" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" ht="30" x14ac:dyDescent="0.35">
+      <c r="A127" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B127" s="20"/>
+      <c r="C127" s="20" t="s">
+        <v>659</v>
+      </c>
+      <c r="D127" s="20" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E127" s="20"/>
+      <c r="F127" s="20">
+        <v>5</v>
+      </c>
+      <c r="G127" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H127" s="20" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A128" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B128" s="20"/>
+      <c r="C128" s="20" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D128" s="20" t="s">
+        <v>634</v>
+      </c>
+      <c r="E128" s="20"/>
+      <c r="F128" s="20">
+        <v>13</v>
+      </c>
+      <c r="G128" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H128" s="20" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A129" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B129" s="20"/>
+      <c r="C129" s="20" t="s">
+        <v>227</v>
+      </c>
+      <c r="D129" s="20" t="s">
+        <v>576</v>
+      </c>
+      <c r="E129" s="20"/>
+      <c r="F129" s="20">
+        <v>14</v>
+      </c>
+      <c r="G129" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H129" s="20" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A130" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B130" s="20"/>
+      <c r="C130" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="D130" s="20" t="s">
+        <v>673</v>
+      </c>
+      <c r="E130" s="20"/>
+      <c r="F130" s="20">
+        <v>10</v>
+      </c>
+      <c r="G130" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H130" s="20" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A131" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B131" s="20"/>
+      <c r="C131" s="20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D131" s="20" t="s">
+        <v>639</v>
+      </c>
+      <c r="E131" s="20"/>
+      <c r="F131" s="20">
+        <v>3</v>
+      </c>
+      <c r="G131" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H131" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A132" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B132" s="20"/>
+      <c r="C132" s="20" t="s">
+        <v>428</v>
+      </c>
+      <c r="D132" s="20" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E132" s="20"/>
+      <c r="F132" s="20">
+        <v>6</v>
+      </c>
+      <c r="G132" s="20" t="s">
+        <v>657</v>
+      </c>
+      <c r="H132" s="20" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A133" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B133" s="20"/>
+      <c r="C133" s="20" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D133" s="20" t="s">
+        <v>827</v>
+      </c>
+      <c r="E133" s="20"/>
+      <c r="F133" s="20">
+        <v>6</v>
+      </c>
+      <c r="G133" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H133" s="20" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A134" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B134" s="20"/>
+      <c r="C134" s="20" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D134" s="20" t="s">
+        <v>638</v>
+      </c>
+      <c r="E134" s="20"/>
+      <c r="F134" s="20">
+        <v>13</v>
+      </c>
+      <c r="G134" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H134" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A135" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B135" s="20"/>
+      <c r="C135" s="20" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D135" s="20" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E135" s="20"/>
+      <c r="F135" s="20">
+        <v>1</v>
+      </c>
+      <c r="G135" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H135" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A136" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B136" s="20"/>
+      <c r="C136" s="20" t="s">
+        <v>622</v>
+      </c>
+      <c r="D136" s="20" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E136" s="20"/>
+      <c r="F136" s="20">
+        <v>3</v>
+      </c>
+      <c r="G136" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H136" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A137" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B137" s="20"/>
+      <c r="C137" s="20" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D137" s="20" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E137" s="20"/>
+      <c r="F137" s="20">
+        <v>1</v>
+      </c>
+      <c r="G137" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H137" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A138" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B138" s="20"/>
+      <c r="C138" s="20" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D138" s="20" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E138" s="20"/>
+      <c r="F138" s="20">
+        <v>3</v>
+      </c>
+      <c r="G138" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H138" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A139" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B139" s="20"/>
+      <c r="C139" s="20" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D139" s="20" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E139" s="20"/>
+      <c r="F139" s="20">
+        <v>1</v>
+      </c>
+      <c r="G139" s="20" t="s">
+        <v>657</v>
+      </c>
+      <c r="H139" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A140" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B140" s="20"/>
+      <c r="C140" s="20" t="s">
+        <v>124</v>
+      </c>
+      <c r="D140" s="20" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E140" s="20"/>
+      <c r="F140" s="20">
+        <v>3</v>
+      </c>
+      <c r="G140" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H140" s="20" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A141" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B141" s="20"/>
+      <c r="C141" s="20" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D141" s="20" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E141" s="20"/>
+      <c r="F141" s="20">
+        <v>3</v>
+      </c>
+      <c r="G141" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H141" s="20" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A142" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="B142" s="20"/>
+      <c r="C142" s="20" t="s">
+        <v>587</v>
+      </c>
+      <c r="D142" s="20" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E142" s="20"/>
+      <c r="F142" s="20">
+        <v>4</v>
+      </c>
+      <c r="G142" s="20" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H142" s="20" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8" ht="50" x14ac:dyDescent="0.35">
+      <c r="A143" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B143" s="20"/>
+      <c r="C143" s="20" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D143" s="20" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E143" s="20"/>
+      <c r="F143" s="20">
+        <v>13</v>
+      </c>
+      <c r="G143" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H143" s="20" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A144" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B144" s="20"/>
+      <c r="C144" s="20" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D144" s="20" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E144" s="20"/>
+      <c r="F144" s="20">
+        <v>8</v>
+      </c>
+      <c r="G144" s="20" t="s">
+        <v>609</v>
+      </c>
+      <c r="H144" s="20" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A145" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B145" s="20"/>
+      <c r="C145" s="20" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D145" s="20" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E145" s="20"/>
+      <c r="F145" s="20">
+        <v>3</v>
+      </c>
+      <c r="G145" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H145" s="20" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A146" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B146" s="20"/>
+      <c r="C146" s="20" t="s">
+        <v>618</v>
+      </c>
+      <c r="D146" s="20" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E146" s="20"/>
+      <c r="F146" s="20">
+        <v>3</v>
+      </c>
+      <c r="G146" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H146" s="20" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A147" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B147" s="20"/>
+      <c r="C147" s="20" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D147" s="20" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E147" s="20"/>
+      <c r="F147" s="20">
+        <v>10</v>
+      </c>
+      <c r="G147" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H147" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A148" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B148" s="20"/>
+      <c r="C148" s="20" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D148" s="20" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E148" s="20"/>
+      <c r="F148" s="20">
+        <v>13</v>
+      </c>
+      <c r="G148" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H148" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A149" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B149" s="20"/>
+      <c r="C149" s="20" t="s">
+        <v>635</v>
+      </c>
+      <c r="D149" s="20" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E149" s="20"/>
+      <c r="F149" s="20">
+        <v>14</v>
+      </c>
+      <c r="G149" s="20" t="s">
+        <v>657</v>
+      </c>
+      <c r="H149" s="20" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8" ht="40" x14ac:dyDescent="0.35">
+      <c r="A150" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B150" s="20"/>
+      <c r="C150" s="20" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D150" s="20" t="s">
+        <v>672</v>
+      </c>
+      <c r="E150" s="20"/>
+      <c r="F150" s="20">
+        <v>9</v>
+      </c>
+      <c r="G150" s="20" t="s">
+        <v>609</v>
+      </c>
+      <c r="H150" s="20" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A151" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B151" s="20"/>
+      <c r="C151" s="20" t="s">
+        <v>663</v>
+      </c>
+      <c r="D151" s="20" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E151" s="20"/>
+      <c r="F151" s="20">
+        <v>12</v>
+      </c>
+      <c r="G151" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H151" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A152" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B152" s="20"/>
+      <c r="C152" s="20" t="s">
+        <v>374</v>
+      </c>
+      <c r="D152" s="20" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E152" s="20"/>
+      <c r="F152" s="20">
+        <v>2</v>
+      </c>
+      <c r="G152" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H152" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A153" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B153" s="20"/>
+      <c r="C153" s="20" t="s">
+        <v>646</v>
+      </c>
+      <c r="D153" s="20" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E153" s="20"/>
+      <c r="F153" s="20">
+        <v>3</v>
+      </c>
+      <c r="G153" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H153" s="20" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A154" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B154" s="20"/>
+      <c r="C154" s="20" t="s">
+        <v>515</v>
+      </c>
+      <c r="D154" s="20" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E154" s="20"/>
+      <c r="F154" s="20">
+        <v>5</v>
+      </c>
+      <c r="G154" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H154" s="20" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A155" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B155" s="20"/>
+      <c r="C155" s="20" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D155" s="20" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E155" s="20"/>
+      <c r="F155" s="20">
+        <v>2</v>
+      </c>
+      <c r="G155" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H155" s="20" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A156" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B156" s="20"/>
+      <c r="C156" s="20" t="s">
+        <v>134</v>
+      </c>
+      <c r="D156" s="20" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E156" s="20"/>
+      <c r="F156" s="20">
+        <v>8</v>
+      </c>
+      <c r="G156" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H156" s="20" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A157" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B157" s="20"/>
+      <c r="C157" s="20">
+        <v>13</v>
+      </c>
+      <c r="D157" s="20" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E157" s="20"/>
+      <c r="F157" s="20">
+        <v>14</v>
+      </c>
+      <c r="G157" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H157" s="20" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A158" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B158" s="20"/>
+      <c r="C158" s="20" t="s">
+        <v>141</v>
+      </c>
+      <c r="D158" s="20" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E158" s="20"/>
+      <c r="F158" s="20">
+        <v>8</v>
+      </c>
+      <c r="G158" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H158" s="20" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A159" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B159" s="20"/>
+      <c r="C159" s="20" t="s">
+        <v>802</v>
+      </c>
+      <c r="D159" s="20" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E159" s="20"/>
+      <c r="F159" s="20">
+        <v>12</v>
+      </c>
+      <c r="G159" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H159" s="20" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A160" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B160" s="20"/>
+      <c r="C160" s="20" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D160" s="20" t="s">
+        <v>549</v>
+      </c>
+      <c r="E160" s="20"/>
+      <c r="F160" s="20">
+        <v>8</v>
+      </c>
+      <c r="G160" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H160" s="20" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A161" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B161" s="20"/>
+      <c r="C161" s="20" t="s">
         <v>113</v>
       </c>
-      <c r="C34" t="s">
-[...42 lines deleted...]
-        <v>45082</v>
+      <c r="D161" s="20" t="s">
+        <v>807</v>
+      </c>
+      <c r="E161" s="20"/>
+      <c r="F161" s="20">
+        <v>12</v>
+      </c>
+      <c r="G161" s="20" t="s">
+        <v>657</v>
+      </c>
+      <c r="H161" s="20" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A162" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B162" s="20"/>
+      <c r="C162" s="20" t="s">
+        <v>651</v>
+      </c>
+      <c r="D162" s="20" t="s">
+        <v>536</v>
+      </c>
+      <c r="E162" s="20"/>
+      <c r="F162" s="20">
+        <v>3</v>
+      </c>
+      <c r="G162" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H162" s="20" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A163" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="B163" s="20"/>
+      <c r="C163" s="20" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D163" s="20" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E163" s="20"/>
+      <c r="F163" s="20">
+        <v>12</v>
+      </c>
+      <c r="G163" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H163" s="20" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A164" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="B164" s="20"/>
+      <c r="C164" s="20" t="s">
+        <v>635</v>
+      </c>
+      <c r="D164" s="20" t="s">
+        <v>556</v>
+      </c>
+      <c r="E164" s="20"/>
+      <c r="F164" s="20">
+        <v>9</v>
+      </c>
+      <c r="G164" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H164" s="20" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A165" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B165" s="20"/>
+      <c r="C165" s="20" t="s">
+        <v>251</v>
+      </c>
+      <c r="D165" s="20" t="s">
+        <v>556</v>
+      </c>
+      <c r="E165" s="20"/>
+      <c r="F165" s="20">
+        <v>2</v>
+      </c>
+      <c r="G165" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H165" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A166" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B166" s="20"/>
+      <c r="C166" s="20">
+        <v>170</v>
+      </c>
+      <c r="D166" s="20" t="s">
+        <v>672</v>
+      </c>
+      <c r="E166" s="20"/>
+      <c r="F166" s="20">
+        <v>3</v>
+      </c>
+      <c r="G166" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H166" s="20" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A167" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B167" s="20"/>
+      <c r="C167" s="20" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D167" s="20" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E167" s="20"/>
+      <c r="F167" s="20">
+        <v>6</v>
+      </c>
+      <c r="G167" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H167" s="20" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A168" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="B168" s="20"/>
+      <c r="C168" s="20" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D168" s="20" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E168" s="20"/>
+      <c r="F168" s="20">
+        <v>5</v>
+      </c>
+      <c r="G168" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H168" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A169" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="B169" s="20"/>
+      <c r="C169" s="20" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D169" s="20" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E169" s="20"/>
+      <c r="F169" s="20">
+        <v>9</v>
+      </c>
+      <c r="G169" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H169" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8" ht="20" x14ac:dyDescent="0.35">
+      <c r="A170" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B170" s="20"/>
+      <c r="C170" s="20" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D170" s="20" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E170" s="20"/>
+      <c r="F170" s="20">
+        <v>1</v>
+      </c>
+      <c r="G170" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H170" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A171" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B171" s="20"/>
+      <c r="C171" s="20" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D171" s="20" t="s">
+        <v>576</v>
+      </c>
+      <c r="E171" s="20"/>
+      <c r="F171" s="20">
+        <v>1</v>
+      </c>
+      <c r="G171" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="H171" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A172" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B172" s="20"/>
+      <c r="C172" s="20" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D172" s="20" t="s">
+        <v>800</v>
+      </c>
+      <c r="E172" s="20"/>
+      <c r="F172" s="20">
+        <v>1</v>
+      </c>
+      <c r="G172" s="20" t="s">
+        <v>886</v>
+      </c>
+      <c r="H172" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A173" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="B173" s="20"/>
+      <c r="C173" s="20" t="s">
+        <v>215</v>
+      </c>
+      <c r="D173" s="20" t="s">
+        <v>800</v>
+      </c>
+      <c r="E173" s="20"/>
+      <c r="F173" s="20">
+        <v>2</v>
+      </c>
+      <c r="G173" s="20" t="s">
+        <v>886</v>
+      </c>
+      <c r="H173" s="20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A174" s="17" t="s">
+        <v>493</v>
+      </c>
+      <c r="B174" s="20" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C174" s="20" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D174" s="20" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E174" s="20"/>
+      <c r="F174" s="20">
+        <v>9</v>
+      </c>
+      <c r="G174" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H174" s="20" t="s">
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D51"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1628C073-5BE1-4E29-A995-D6BC32E498B8}">
+  <dimension ref="A1:E157"/>
   <sheetViews>
-    <sheetView topLeftCell="A50" workbookViewId="0">
-      <selection activeCell="B55" sqref="B55"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="D29" sqref="D29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="46.85546875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="17.5703125" customWidth="1"/>
+    <col min="1" max="6" width="33.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="A4" t="s">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A1" s="25" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B1" s="25" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C1" s="25" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D1" s="25" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E1" s="25" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="63.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="26">
+        <v>43923</v>
+      </c>
+      <c r="B2" s="27" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C2" s="28" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D2" s="28" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E2" s="26">
+        <v>43930</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A3" s="26">
+        <v>43923</v>
+      </c>
+      <c r="B3" s="28" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C3" s="28" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D3" s="28" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E3" s="26">
+        <v>43930</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="51" x14ac:dyDescent="0.35">
+      <c r="A4" s="26">
+        <v>43966</v>
+      </c>
+      <c r="B4" s="27" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C4" s="27" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D4" s="27" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E4" s="26">
+        <v>43973</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="51" x14ac:dyDescent="0.35">
+      <c r="A5" s="26">
+        <v>43966</v>
+      </c>
+      <c r="B5" s="27" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C5" s="27" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D5" s="27" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E5" s="26">
+        <v>43973</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A6" s="28" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B6" s="28" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C6" s="28" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D6" s="28" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E6" s="26">
+        <v>43973</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A7" s="26">
+        <v>43980</v>
+      </c>
+      <c r="B7" s="28" t="s">
+        <v>647</v>
+      </c>
+      <c r="C7" s="28" t="s">
+        <v>191</v>
+      </c>
+      <c r="D7" s="28" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E7" s="26">
+        <v>43987</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A8" s="26">
+        <v>43980</v>
+      </c>
+      <c r="B8" s="28" t="s">
+        <v>663</v>
+      </c>
+      <c r="C8" s="28" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D8" s="28" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E8" s="26">
+        <v>43987</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A9" s="26">
+        <v>43980</v>
+      </c>
+      <c r="B9" s="28" t="s">
+        <v>423</v>
+      </c>
+      <c r="C9" s="28" t="s">
+        <v>306</v>
+      </c>
+      <c r="D9" s="28" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E9" s="26">
+        <v>43987</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="51" x14ac:dyDescent="0.35">
+      <c r="A10" s="26">
+        <v>43963</v>
+      </c>
+      <c r="B10" s="27" t="s">
         <v>124</v>
       </c>
-      <c r="B4" t="s">
-[...100 lines deleted...]
-      <c r="C11" t="s">
+      <c r="C10" s="27" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E10" s="26">
+        <v>43970</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="63.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="26">
+        <v>43963</v>
+      </c>
+      <c r="B11" s="27" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C11" s="27" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D11" s="27" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E11" s="26">
+        <v>43970</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="26" x14ac:dyDescent="0.35">
+      <c r="A12" s="26">
+        <v>43966</v>
+      </c>
+      <c r="B12" s="27" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C12" s="27" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D12" s="27" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E12" s="26">
+        <v>43973</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A13" s="26">
+        <v>43994</v>
+      </c>
+      <c r="B13" s="28" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C13" s="28" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D13" s="28" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E13" s="26">
+        <v>43974</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="38.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="26">
+        <v>44001</v>
+      </c>
+      <c r="B14" s="27" t="s">
+        <v>632</v>
+      </c>
+      <c r="C14" s="27" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D14" s="28" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E14" s="26">
+        <v>43975</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A15" s="26">
+        <v>44018</v>
+      </c>
+      <c r="B15" s="28" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C15" s="28" t="s">
+        <v>624</v>
+      </c>
+      <c r="D15" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E15" s="26">
+        <v>44046</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A16" s="26">
+        <v>44018</v>
+      </c>
+      <c r="B16" s="28" t="s">
+        <v>374</v>
+      </c>
+      <c r="C16" s="28" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D16" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E16" s="26">
+        <v>44032</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A17" s="26">
+        <v>44018</v>
+      </c>
+      <c r="B17" s="28" t="s">
+        <v>538</v>
+      </c>
+      <c r="C17" s="28" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D17" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E17" s="26">
+        <v>44046</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A18" s="26">
+        <v>44018</v>
+      </c>
+      <c r="B18" s="28" t="s">
+        <v>296</v>
+      </c>
+      <c r="C18" s="28" t="s">
+        <v>457</v>
+      </c>
+      <c r="D18" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E18" s="26">
+        <v>44046</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A19" s="26">
+        <v>44018</v>
+      </c>
+      <c r="B19" s="28" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C19" s="28" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D19" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E19" s="26">
+        <v>44046</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A20" s="26">
+        <v>44018</v>
+      </c>
+      <c r="B20" s="28" t="s">
+        <v>231</v>
+      </c>
+      <c r="C20" s="28" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D20" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E20" s="26">
+        <v>44025</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A21" s="26">
+        <v>44018</v>
+      </c>
+      <c r="B21" s="28" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C21" s="28" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D21" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E21" s="26">
+        <v>44025</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A22" s="26">
+        <v>44018</v>
+      </c>
+      <c r="B22" s="28" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C22" s="28" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D22" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E22" s="26">
+        <v>44025</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A23" s="26">
+        <v>44018</v>
+      </c>
+      <c r="B23" s="28" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C23" s="28" t="s">
+        <v>653</v>
+      </c>
+      <c r="D23" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E23" s="26">
+        <v>44025</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A24" s="26">
+        <v>44019</v>
+      </c>
+      <c r="B24" s="28" t="s">
+        <v>652</v>
+      </c>
+      <c r="C24" s="28" t="s">
+        <v>653</v>
+      </c>
+      <c r="D24" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E24" s="26">
+        <v>44033</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A25" s="26">
+        <v>44019</v>
+      </c>
+      <c r="B25" s="28" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C25" s="28" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D25" s="28" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E25" s="26">
+        <v>44026</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A26" s="26">
+        <v>44019</v>
+      </c>
+      <c r="B26" s="28" t="s">
+        <v>147</v>
+      </c>
+      <c r="C26" s="28" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D26" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E26" s="26">
+        <v>44026</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A27" s="26">
+        <v>44019</v>
+      </c>
+      <c r="B27" s="28" t="s">
+        <v>251</v>
+      </c>
+      <c r="C27" s="28" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D27" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E27" s="26">
+        <v>44026</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A28" s="26">
+        <v>44019</v>
+      </c>
+      <c r="B28" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C28" s="28" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D28" s="28" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E28" s="26">
+        <v>44033</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A29" s="26">
+        <v>44025</v>
+      </c>
+      <c r="B29" s="28" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C29" s="28" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D29" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E29" s="26">
+        <v>44039</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A30" s="26">
+        <v>44025</v>
+      </c>
+      <c r="B30" s="28" t="s">
+        <v>603</v>
+      </c>
+      <c r="C30" s="28" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D30" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E30" s="26">
+        <v>44053</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A31" s="26">
+        <v>44025</v>
+      </c>
+      <c r="B31" s="28" t="s">
+        <v>423</v>
+      </c>
+      <c r="C31" s="28" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D31" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E31" s="26">
+        <v>44039</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A32" s="26">
+        <v>44025</v>
+      </c>
+      <c r="B32" s="28" t="s">
+        <v>92</v>
+      </c>
+      <c r="C32" s="28" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D32" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E32" s="26">
+        <v>44039</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A33" s="26">
+        <v>44026</v>
+      </c>
+      <c r="B33" s="28" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C33" s="28" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D33" s="28" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E33" s="26">
+        <v>44082</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A34" s="26">
+        <v>44027</v>
+      </c>
+      <c r="B34" s="28" t="s">
+        <v>153</v>
+      </c>
+      <c r="C34" s="28" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D34" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E34" s="26">
+        <v>44041</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A35" s="26">
+        <v>44027</v>
+      </c>
+      <c r="B35" s="28" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C35" s="28" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D35" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E35" s="26">
+        <v>44055</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A36" s="26">
+        <v>44028</v>
+      </c>
+      <c r="B36" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="C36" s="28" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D36" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E36" s="26">
+        <v>44042</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A37" s="26">
+        <v>44034</v>
+      </c>
+      <c r="B37" s="28" t="s">
+        <v>806</v>
+      </c>
+      <c r="C37" s="28" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D37" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E37" s="26">
+        <v>44062</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A38" s="26">
+        <v>44034</v>
+      </c>
+      <c r="B38" s="28" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C38" s="28" t="s">
+        <v>628</v>
+      </c>
+      <c r="D38" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E38" s="26">
+        <v>44062</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A39" s="26">
+        <v>44034</v>
+      </c>
+      <c r="B39" s="28" t="s">
+        <v>553</v>
+      </c>
+      <c r="C39" s="28" t="s">
+        <v>95</v>
+      </c>
+      <c r="D39" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E39" s="26">
+        <v>44062</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A40" s="26">
+        <v>44039</v>
+      </c>
+      <c r="B40" s="28" t="s">
+        <v>572</v>
+      </c>
+      <c r="C40" s="28" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D40" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E40" s="26">
+        <v>44053</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A41" s="26">
+        <v>44039</v>
+      </c>
+      <c r="B41" s="28" t="s">
+        <v>402</v>
+      </c>
+      <c r="C41" s="28" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D41" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E41" s="26">
+        <v>44067</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A42" s="26">
+        <v>44040</v>
+      </c>
+      <c r="B42" s="28" t="s">
+        <v>423</v>
+      </c>
+      <c r="C42" s="28" t="s">
+        <v>395</v>
+      </c>
+      <c r="D42" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E42" s="26">
+        <v>44054</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A43" s="26">
+        <v>44040</v>
+      </c>
+      <c r="B43" s="28" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C43" s="28" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D43" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E43" s="26">
+        <v>44068</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A44" s="26">
+        <v>44040</v>
+      </c>
+      <c r="B44" s="28" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C44" s="28" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D44" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E44" s="26">
+        <v>44068</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A45" s="26">
+        <v>44041</v>
+      </c>
+      <c r="B45" s="28" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C45" s="28" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D45" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E45" s="26">
+        <v>44055</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A46" s="26">
+        <v>44041</v>
+      </c>
+      <c r="B46" s="28" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C46" s="28" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D46" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E46" s="26">
+        <v>44069</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A47" s="26">
+        <v>44041</v>
+      </c>
+      <c r="B47" s="28" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C47" s="28" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D47" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E47" s="26">
+        <v>44069</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A48" s="26">
+        <v>44040</v>
+      </c>
+      <c r="B48" s="28" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C48" s="28" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D48" s="28" t="s">
+        <v>1218</v>
+      </c>
+      <c r="E48" s="28" t="e">
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A49" s="26">
+        <v>44048</v>
+      </c>
+      <c r="B49" s="28" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C49" s="28" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D49" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E49" s="26">
+        <v>44055</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A50" s="26">
+        <v>44053</v>
+      </c>
+      <c r="B50" s="28" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C50" s="28" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D50" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E50" s="26">
+        <v>44067</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A51" s="26">
+        <v>44060</v>
+      </c>
+      <c r="B51" s="28" t="s">
+        <v>644</v>
+      </c>
+      <c r="C51" s="28" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D51" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E51" s="26">
+        <v>44088</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A52" s="26">
+        <v>44062</v>
+      </c>
+      <c r="B52" s="28" t="s">
+        <v>425</v>
+      </c>
+      <c r="C52" s="28" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D52" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E52" s="26">
+        <v>44090</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A53" s="26">
+        <v>44062</v>
+      </c>
+      <c r="B53" s="27" t="s">
+        <v>92</v>
+      </c>
+      <c r="C53" s="27" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D53" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E53" s="26">
+        <v>44090</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A54" s="26">
+        <v>44062</v>
+      </c>
+      <c r="B54" s="28" t="s">
+        <v>456</v>
+      </c>
+      <c r="C54" s="27" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D54" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E54" s="26">
+        <v>44076</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A55" s="26">
+        <v>44069</v>
+      </c>
+      <c r="B55" s="28" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C55" s="27" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D55" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E55" s="26">
+        <v>44097</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A56" s="26">
+        <v>44070</v>
+      </c>
+      <c r="B56" s="28" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C56" s="27" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D56" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E56" s="26">
+        <v>44084</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A57" s="26">
+        <v>44070</v>
+      </c>
+      <c r="B57" s="28" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C57" s="27" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D57" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E57" s="26">
+        <v>44098</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A58" s="26">
+        <v>44070</v>
+      </c>
+      <c r="B58" s="28" t="s">
+        <v>244</v>
+      </c>
+      <c r="C58" s="27" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D58" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E58" s="26">
+        <v>44098</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A59" s="26">
+        <v>44070</v>
+      </c>
+      <c r="B59" s="28" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C59" s="27" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D59" s="28" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E59" s="26">
+        <v>44098</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A60" s="26">
+        <v>44070</v>
+      </c>
+      <c r="B60" s="28" t="s">
+        <v>637</v>
+      </c>
+      <c r="C60" s="27" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D60" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E60" s="26">
+        <v>44098</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A61" s="26">
+        <v>44070</v>
+      </c>
+      <c r="B61" s="28" t="s">
+        <v>153</v>
+      </c>
+      <c r="C61" s="27" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D61" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E61" s="26">
+        <v>44098</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A62" s="26">
+        <v>44070</v>
+      </c>
+      <c r="B62" s="28" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C62" s="27" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D62" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E62" s="26">
+        <v>44098</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A63" s="26">
+        <v>44070</v>
+      </c>
+      <c r="B63" s="28" t="s">
+        <v>622</v>
+      </c>
+      <c r="C63" s="27" t="s">
+        <v>654</v>
+      </c>
+      <c r="D63" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E63" s="26">
+        <v>44098</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A64" s="26">
+        <v>44070</v>
+      </c>
+      <c r="B64" s="28" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C64" s="27" t="s">
+        <v>625</v>
+      </c>
+      <c r="D64" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E64" s="26">
+        <v>44098</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A65" s="26">
+        <v>44056</v>
+      </c>
+      <c r="B65" s="28" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C65" s="28" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D65" s="28" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E65" s="28" t="e">
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A66" s="26">
+        <v>44076</v>
+      </c>
+      <c r="B66" s="28" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C66" s="28" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D66" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E66" s="26">
+        <v>44090</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A67" s="26">
+        <v>44076</v>
+      </c>
+      <c r="B67" s="28" t="s">
+        <v>572</v>
+      </c>
+      <c r="C67" s="28" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D67" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E67" s="26">
+        <v>44104</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A68" s="26">
+        <v>44076</v>
+      </c>
+      <c r="B68" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C68" s="28" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D68" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E68" s="26">
+        <v>44104</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A69" s="26">
+        <v>44076</v>
+      </c>
+      <c r="B69" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="C69" s="28" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D69" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E69" s="26">
+        <v>44104</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A70" s="26">
+        <v>44076</v>
+      </c>
+      <c r="B70" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C70" s="28" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D70" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E70" s="26">
+        <v>44104</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A71" s="26">
+        <v>44076</v>
+      </c>
+      <c r="B71" s="28" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C71" s="28" t="s">
+        <v>318</v>
+      </c>
+      <c r="D71" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E71" s="26">
+        <v>44132</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A72" s="26">
+        <v>44076</v>
+      </c>
+      <c r="B72" s="28" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C72" s="28" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D72" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E72" s="26">
+        <v>44104</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A73" s="26">
+        <v>44077</v>
+      </c>
+      <c r="B73" s="28" t="s">
+        <v>317</v>
+      </c>
+      <c r="C73" s="28" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D73" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E73" s="26">
+        <v>44105</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A74" s="26">
+        <v>44077</v>
+      </c>
+      <c r="B74" s="28" t="s">
         <v>134</v>
       </c>
-      <c r="D11" s="2">
-[...10 lines deleted...]
-      <c r="C12" t="s">
+      <c r="C74" s="28" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D74" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E74" s="26">
+        <v>44105</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A75" s="26">
+        <v>44083</v>
+      </c>
+      <c r="B75" s="28" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C75" s="28" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D75" s="28" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E75" s="26">
+        <v>44090</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A76" s="26">
+        <v>44085</v>
+      </c>
+      <c r="B76" s="28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C76" s="28" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D76" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E76" s="26">
+        <v>44113</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A77" s="26">
+        <v>44085</v>
+      </c>
+      <c r="B77" s="28" t="s">
+        <v>215</v>
+      </c>
+      <c r="C77" s="28" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D77" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E77" s="26">
+        <v>44099</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A78" s="26">
+        <v>44085</v>
+      </c>
+      <c r="B78" s="28" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C78" s="28" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D78" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E78" s="26">
+        <v>44099</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A79" s="26">
+        <v>44103</v>
+      </c>
+      <c r="B79" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C79" s="28" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D79" s="28" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E79" s="26">
+        <v>44117</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A80" s="26">
+        <v>44103</v>
+      </c>
+      <c r="B80" s="28" t="s">
+        <v>141</v>
+      </c>
+      <c r="C80" s="28" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D80" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E80" s="26">
+        <v>44110</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A81" s="26">
+        <v>44103</v>
+      </c>
+      <c r="B81" s="28" t="s">
+        <v>667</v>
+      </c>
+      <c r="C81" s="28" t="s">
+        <v>282</v>
+      </c>
+      <c r="D81" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E81" s="26">
+        <v>44117</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A82" s="26">
+        <v>44104</v>
+      </c>
+      <c r="B82" s="28" t="s">
+        <v>141</v>
+      </c>
+      <c r="C82" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D82" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E82" s="26">
+        <v>44118</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A83" s="26">
+        <v>44119</v>
+      </c>
+      <c r="B83" s="28" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C83" s="28" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D83" s="28" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E83" s="26">
+        <v>44175</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A84" s="26">
+        <v>44119</v>
+      </c>
+      <c r="B84" s="27" t="s">
+        <v>63</v>
+      </c>
+      <c r="C84" s="28" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D84" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E84" s="26">
+        <v>44147</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A85" s="26">
+        <v>44120</v>
+      </c>
+      <c r="B85" s="28" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C85" s="28" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D85" s="28" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E85" s="26">
+        <v>44176</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A86" s="26">
+        <v>44120</v>
+      </c>
+      <c r="B86" s="28" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C86" s="28" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D86" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E86" s="26">
+        <v>44148</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A87" s="26">
+        <v>44120</v>
+      </c>
+      <c r="B87" s="28" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C87" s="28" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D87" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E87" s="26">
+        <v>44148</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A88" s="26">
+        <v>44120</v>
+      </c>
+      <c r="B88" s="28" t="s">
         <v>134</v>
       </c>
-      <c r="D12" s="2">
-[...49 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C88" s="28" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D88" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E88" s="26">
+        <v>44148</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A89" s="26">
+        <v>44125</v>
+      </c>
+      <c r="B89" s="28" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C89" s="28" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D89" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E89" s="26">
+        <v>44153</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A90" s="26">
+        <v>44132</v>
+      </c>
+      <c r="B90" s="28" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C90" s="28" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D90" s="28" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E90" s="26">
+        <v>44139</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A91" s="26">
+        <v>44132</v>
+      </c>
+      <c r="B91" s="28" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C91" s="28" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D91" s="28" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E91" s="26">
+        <v>44139</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A92" s="26">
+        <v>44132</v>
+      </c>
+      <c r="B92" s="27" t="s">
+        <v>632</v>
+      </c>
+      <c r="C92" s="28" t="s">
+        <v>546</v>
+      </c>
+      <c r="D92" s="28" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E92" s="26">
+        <v>44139</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A93" s="26">
+        <v>44132</v>
+      </c>
+      <c r="B93" s="28" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C93" s="28" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D93" s="28" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E93" s="26">
+        <v>44139</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A94" s="26">
+        <v>44138</v>
+      </c>
+      <c r="B94" s="28" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C94" s="28" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D94" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E94" s="26">
+        <v>44145</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A95" s="26">
+        <v>44138</v>
+      </c>
+      <c r="B95" s="28" t="s">
+        <v>622</v>
+      </c>
+      <c r="C95" s="28" t="s">
+        <v>592</v>
+      </c>
+      <c r="D95" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E95" s="26">
+        <v>44166</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A96" s="26">
+        <v>44138</v>
+      </c>
+      <c r="B96" s="28" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C96" s="28" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D96" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E96" s="26">
+        <v>44152</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A97" s="26">
+        <v>44138</v>
+      </c>
+      <c r="B97" s="28" t="s">
+        <v>314</v>
+      </c>
+      <c r="C97" s="28" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D97" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E97" s="26">
+        <v>44166</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A98" s="26">
+        <v>44138</v>
+      </c>
+      <c r="B98" s="28" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C98" s="28" t="s">
+        <v>643</v>
+      </c>
+      <c r="D98" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E98" s="26">
+        <v>44152</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A99" s="26">
+        <v>44138</v>
+      </c>
+      <c r="B99" s="28" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C99" s="28" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D99" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E99" s="26">
+        <v>44166</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A100" s="26">
+        <v>44146</v>
+      </c>
+      <c r="B100" s="28" t="s">
+        <v>153</v>
+      </c>
+      <c r="C100" s="28" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D100" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E100" s="26">
+        <v>44160</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A101" s="26">
+        <v>44146</v>
+      </c>
+      <c r="B101" s="28" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C101" s="28" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D101" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E101" s="26">
+        <v>44174</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A102" s="26">
+        <v>44146</v>
+      </c>
+      <c r="B102" s="28" t="s">
+        <v>963</v>
+      </c>
+      <c r="C102" s="28" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D102" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E102" s="26">
+        <v>44174</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A103" s="26">
+        <v>44160</v>
+      </c>
+      <c r="B103" s="28" t="s">
+        <v>632</v>
+      </c>
+      <c r="C103" s="28" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D103" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E103" s="26">
+        <v>44174</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A104" s="26">
+        <v>44160</v>
+      </c>
+      <c r="B104" s="28" t="s">
+        <v>652</v>
+      </c>
+      <c r="C104" s="28" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D104" s="28" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E104" s="26">
+        <v>44167</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A105" s="26">
+        <v>44161</v>
+      </c>
+      <c r="B105" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C105" s="28" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D105" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E105" s="26">
+        <v>44168</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A106" s="26">
+        <v>44160</v>
+      </c>
+      <c r="B106" s="28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" s="28" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D106" s="28" t="s">
+        <v>1303</v>
+      </c>
+      <c r="E106" s="26">
+        <v>44167</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A107" s="26">
+        <v>44160</v>
+      </c>
+      <c r="B107" s="28" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C107" s="28" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D107" s="28" t="s">
+        <v>1306</v>
+      </c>
+      <c r="E107" s="26">
+        <v>44167</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A108" s="26">
+        <v>44168</v>
+      </c>
+      <c r="B108" s="28" t="s">
+        <v>124</v>
+      </c>
+      <c r="C108" s="28" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D108" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E108" s="26">
+        <v>44182</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A109" s="26">
+        <v>44168</v>
+      </c>
+      <c r="B109" s="28" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C109" s="28" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D109" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E109" s="26">
+        <v>44182</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A110" s="26">
+        <v>44168</v>
+      </c>
+      <c r="B110" s="28" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C110" s="28" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D110" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E110" s="26">
+        <v>44182</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A111" s="26">
+        <v>44169</v>
+      </c>
+      <c r="B111" s="28" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C111" s="28" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D111" s="28" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E111" s="26">
+        <v>44183</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A112" s="26">
+        <v>44169</v>
+      </c>
+      <c r="B112" s="28" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C112" s="28" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D112" s="28" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E112" s="26">
+        <v>44176</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A113" s="26">
+        <v>44169</v>
+      </c>
+      <c r="B113" s="28">
+        <v>357</v>
+      </c>
+      <c r="C113" s="28" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D113" s="28" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E113" s="26">
+        <v>44176</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A114" s="26">
+        <v>44169</v>
+      </c>
+      <c r="B114" s="28">
+        <v>30</v>
+      </c>
+      <c r="C114" s="28" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D114" s="28" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E114" s="26">
+        <v>44176</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A115" s="26">
+        <v>44173</v>
+      </c>
+      <c r="B115" s="28" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C115" s="28" t="s">
+        <v>195</v>
+      </c>
+      <c r="D115" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E115" s="26">
+        <v>44180</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A116" s="26">
+        <v>44173</v>
+      </c>
+      <c r="B116" s="28" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C116" s="28" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D116" s="28" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E116" s="26">
+        <v>44187</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A117" s="26">
+        <v>44222</v>
+      </c>
+      <c r="B117" s="27" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C117" s="27" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D117" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E117" s="26">
+        <v>44250</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A118" s="26">
+        <v>44222</v>
+      </c>
+      <c r="B118" s="28" t="s">
+        <v>664</v>
+      </c>
+      <c r="C118" s="28" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D118" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E118" s="26">
+        <v>44250</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A119" s="26">
+        <v>44222</v>
+      </c>
+      <c r="B119" s="28" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C119" s="28" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D119" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E119" s="26">
+        <v>44250</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A120" s="26">
+        <v>44222</v>
+      </c>
+      <c r="B120" s="28" t="s">
+        <v>425</v>
+      </c>
+      <c r="C120" s="28" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D120" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E120" s="26">
+        <v>44250</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A121" s="26">
+        <v>44222</v>
+      </c>
+      <c r="B121" s="28" t="s">
+        <v>363</v>
+      </c>
+      <c r="C121" s="28" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D121" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E121" s="26">
+        <v>44236</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A122" s="26">
+        <v>44223</v>
+      </c>
+      <c r="B122" s="28" t="s">
+        <v>538</v>
+      </c>
+      <c r="C122" s="28" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D122" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E122" s="26">
+        <v>44251</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A123" s="26">
+        <v>44223</v>
+      </c>
+      <c r="B123" s="28" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C123" s="28" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D123" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E123" s="26">
+        <v>44237</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A124" s="26">
+        <v>44223</v>
+      </c>
+      <c r="B124" s="28" t="s">
+        <v>247</v>
+      </c>
+      <c r="C124" s="28" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D124" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E124" s="26">
+        <v>44251</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A125" s="26">
+        <v>44224</v>
+      </c>
+      <c r="B125" s="28" t="s">
+        <v>134</v>
+      </c>
+      <c r="C125" s="28" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D125" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E125" s="26">
+        <v>44252</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A126" s="26">
+        <v>44225</v>
+      </c>
+      <c r="B126" s="28" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C126" s="28" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D126" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E126" s="26">
+        <v>44253</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A127" s="26">
+        <v>44221</v>
+      </c>
+      <c r="B127" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C127" s="28" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D127" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E127" s="26">
+        <v>44249</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A128" s="26">
+        <v>44221</v>
+      </c>
+      <c r="B128" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C128" s="28" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D128" s="28" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E128" s="26">
+        <v>44249</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A129" s="26">
+        <v>44221</v>
+      </c>
+      <c r="B129" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C129" s="28" t="s">
+        <v>617</v>
+      </c>
+      <c r="D129" s="28" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E129" s="26">
+        <v>44249</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A130" s="26">
+        <v>44221</v>
+      </c>
+      <c r="B130" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C130" s="28" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D130" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E130" s="26">
+        <v>44249</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A131" s="26">
+        <v>44221</v>
+      </c>
+      <c r="B131" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C131" s="28" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D131" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E131" s="26">
+        <v>44249</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A132" s="26">
+        <v>44223</v>
+      </c>
+      <c r="B132" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C132" s="28" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D132" s="28" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E132" s="26">
+        <v>44251</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A133" s="26">
+        <v>44225</v>
+      </c>
+      <c r="B133" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C133" s="28" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D133" s="28" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E133" s="26">
+        <v>44253</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A134" s="26">
+        <v>44225</v>
+      </c>
+      <c r="B134" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C134" s="28" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D134" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E134" s="26">
+        <v>44281</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A135" s="26">
+        <v>44228</v>
+      </c>
+      <c r="B135" s="28" t="s">
+        <v>147</v>
+      </c>
+      <c r="C135" s="28" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D135" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E135" s="26">
+        <v>44256</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A136" s="26">
+        <v>44228</v>
+      </c>
+      <c r="B136" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C136" s="28" t="s">
+        <v>670</v>
+      </c>
+      <c r="D136" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E136" s="26">
+        <v>44256</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A137" s="26">
+        <v>44228</v>
+      </c>
+      <c r="B137" s="28" t="s">
+        <v>555</v>
+      </c>
+      <c r="C137" s="28" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D137" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E137" s="26">
+        <v>44256</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A138" s="26">
+        <v>44228</v>
+      </c>
+      <c r="B138" s="28" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C138" s="28" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D138" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E138" s="26">
+        <v>44256</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A139" s="26">
+        <v>44228</v>
+      </c>
+      <c r="B139" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C139" s="28" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D139" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E139" s="26">
+        <v>44256</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A140" s="26">
+        <v>44228</v>
+      </c>
+      <c r="B140" s="28" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C140" s="28" t="s">
+        <v>623</v>
+      </c>
+      <c r="D140" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E140" s="26">
+        <v>44256</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A141" s="26">
+        <v>44228</v>
+      </c>
+      <c r="B141" s="28" t="s">
+        <v>159</v>
+      </c>
+      <c r="C141" s="28" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D141" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E141" s="26">
+        <v>44256</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A142" s="26">
+        <v>44228</v>
+      </c>
+      <c r="B142" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="C142" s="28" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D142" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E142" s="26">
+        <v>44256</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A143" s="26">
+        <v>44228</v>
+      </c>
+      <c r="B143" s="28" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C143" s="28" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D143" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E143" s="26">
+        <v>44256</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A144" s="29">
+        <v>44228</v>
+      </c>
+      <c r="B144" s="30" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C144" s="30" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D144" s="30" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E144" s="29">
+        <v>44242</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A145" s="26">
+        <v>44229</v>
+      </c>
+      <c r="B145" s="28" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C145" s="28" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D145" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E145" s="26">
+        <v>44243</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A146" s="26">
+        <v>44230</v>
+      </c>
+      <c r="B146" s="27" t="s">
+        <v>408</v>
+      </c>
+      <c r="C146" s="28" t="s">
+        <v>883</v>
+      </c>
+      <c r="D146" s="28" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E146" s="26">
+        <v>44237</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A147" s="26">
+        <v>44230</v>
+      </c>
+      <c r="B147" s="28" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C147" s="28" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D147" s="28" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E147" s="26">
+        <v>44237</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A148" s="26">
+        <v>44231</v>
+      </c>
+      <c r="B148" s="28" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C148" s="28" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D148" s="28" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E148" s="26">
+        <v>44238</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A149" s="26">
+        <v>44231</v>
+      </c>
+      <c r="B149" s="28" t="s">
+        <v>505</v>
+      </c>
+      <c r="C149" s="28" t="s">
+        <v>562</v>
+      </c>
+      <c r="D149" s="28" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E149" s="26">
+        <v>44238</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A150" s="26">
+        <v>44231</v>
+      </c>
+      <c r="B150" s="28" t="s">
+        <v>538</v>
+      </c>
+      <c r="C150" s="28" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D150" s="28" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E150" s="26">
+        <v>44238</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A151" s="26">
+        <v>44231</v>
+      </c>
+      <c r="B151" s="28" t="s">
         <v>23</v>
       </c>
-      <c r="C16" t="s">
-[...71 lines deleted...]
-      <c r="A22" t="s">
+      <c r="C151" s="28" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D151" s="28" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E151" s="26">
+        <v>44238</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A152" s="26">
+        <v>44231</v>
+      </c>
+      <c r="B152" s="28" t="s">
+        <v>310</v>
+      </c>
+      <c r="C152" s="28" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D152" s="28" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E152" s="26">
+        <v>44238</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A153" s="26">
+        <v>44252</v>
+      </c>
+      <c r="B153" s="28" t="s">
+        <v>538</v>
+      </c>
+      <c r="C153" s="28" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D153" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E153" s="26">
+        <v>44266</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A154" s="26">
+        <v>44252</v>
+      </c>
+      <c r="B154" s="28" t="s">
         <v>147</v>
       </c>
-      <c r="B22" t="s">
-[...409 lines deleted...]
-        <v>45132</v>
+      <c r="C154" s="28" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D154" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E154" s="26">
+        <v>44280</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A155" s="26">
+        <v>44256</v>
+      </c>
+      <c r="B155" s="27" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C155" s="28" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D155" s="28" t="s">
+        <v>1375</v>
+      </c>
+      <c r="E155" s="26">
+        <v>44263</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A156" s="31">
+        <v>44256</v>
+      </c>
+      <c r="B156" s="27" t="s">
+        <v>572</v>
+      </c>
+      <c r="C156" s="28" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D156" s="28" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E156" s="26">
+        <v>44263</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A157" s="31">
+        <v>44257</v>
+      </c>
+      <c r="B157" s="28" t="s">
+        <v>517</v>
+      </c>
+      <c r="C157" s="28" t="s">
+        <v>282</v>
+      </c>
+      <c r="D157" s="28" t="s">
+        <v>1378</v>
+      </c>
+      <c r="E157" s="26">
+        <v>44264</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D56">
-[...3 lines deleted...]
-  </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D46"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3492590A-2C6B-4D19-A660-434E399FB058}">
+  <dimension ref="A1:E159"/>
   <sheetViews>
-    <sheetView topLeftCell="A24" workbookViewId="0">
-      <selection activeCell="A33" sqref="A33"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="D33" sqref="D33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="44.5703125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="21.85546875" customWidth="1"/>
+    <col min="1" max="5" width="27" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C1" s="1" t="s">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A1" s="25" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B1" s="25" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C1" s="25" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D1" s="25" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E1" s="25" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A2" s="26">
+        <v>44292</v>
+      </c>
+      <c r="B2" s="27" t="s">
+        <v>153</v>
+      </c>
+      <c r="C2" s="28" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D2" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E2" s="26">
+        <v>44320</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A3" s="26">
+        <v>44292</v>
+      </c>
+      <c r="B3" s="28" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C3" s="28" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D3" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E3" s="26">
+        <v>44320</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A4" s="26">
+        <v>44298</v>
+      </c>
+      <c r="B4" s="28" t="s">
+        <v>635</v>
+      </c>
+      <c r="C4" s="28" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D4" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E4" s="26">
+        <v>44312</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A5" s="26">
+        <v>44298</v>
+      </c>
+      <c r="B5" s="28" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C5" s="28" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D5" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E5" s="26">
+        <v>44312</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A6" s="26">
+        <v>44298</v>
+      </c>
+      <c r="B6" s="28" t="s">
+        <v>538</v>
+      </c>
+      <c r="C6" s="28" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D6" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E6" s="26">
+        <v>44312</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A7" s="26">
+        <v>44298</v>
+      </c>
+      <c r="B7" s="28" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C7" s="28" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D7" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E7" s="26">
+        <v>44312</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A8" s="26">
+        <v>44298</v>
+      </c>
+      <c r="B8" s="28" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C8" s="28" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D8" s="28" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E8" s="26">
+        <v>44312</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A9" s="26">
+        <v>44298</v>
+      </c>
+      <c r="B9" s="28" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C9" s="28" t="s">
+        <v>388</v>
+      </c>
+      <c r="D9" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E9" s="26">
+        <v>44312</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A10" s="26">
+        <v>44298</v>
+      </c>
+      <c r="B10" s="28" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C10" s="28" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D10" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E10" s="26">
+        <v>44312</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A11" s="26">
+        <v>44305</v>
+      </c>
+      <c r="B11" s="28" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C11" s="28" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D11" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E11" s="26">
+        <v>44312</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A12" s="26">
+        <v>44308</v>
+      </c>
+      <c r="B12" s="28" t="s">
+        <v>423</v>
+      </c>
+      <c r="C12" s="28" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D12" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E12" s="26">
+        <v>44336</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A13" s="26">
+        <v>44308</v>
+      </c>
+      <c r="B13" s="28" t="s">
+        <v>538</v>
+      </c>
+      <c r="C13" s="28" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D13" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E13" s="26">
+        <v>44315</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A14" s="26">
+        <v>44308</v>
+      </c>
+      <c r="B14" s="28" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C14" s="28" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D14" s="28" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E14" s="26">
+        <v>44315</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A15" s="26">
+        <v>44308</v>
+      </c>
+      <c r="B15" s="28" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C15" s="28" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D15" s="28" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E15" s="26">
+        <v>44315</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A16" s="26">
+        <v>44308</v>
+      </c>
+      <c r="B16" s="28" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C16" s="28" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D16" s="28" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E16" s="26">
+        <v>44315</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A17" s="26">
+        <v>44313</v>
+      </c>
+      <c r="B17" s="27" t="s">
+        <v>251</v>
+      </c>
+      <c r="C17" s="28" t="s">
+        <v>253</v>
+      </c>
+      <c r="D17" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E17" s="26">
+        <v>44341</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A18" s="26">
+        <v>44313</v>
+      </c>
+      <c r="B18" s="27" t="s">
+        <v>317</v>
+      </c>
+      <c r="C18" s="28" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D18" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E18" s="26">
+        <v>44341</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A19" s="26">
+        <v>44313</v>
+      </c>
+      <c r="B19" s="28" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C19" s="28" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D19" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E19" s="26">
+        <v>44341</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A20" s="26">
+        <v>44308</v>
+      </c>
+      <c r="B20" s="28" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C20" s="28" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D20" s="28" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E20" s="28" t="e">
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A21" s="26">
+        <v>44308</v>
+      </c>
+      <c r="B21" s="28" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C21" s="28" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D21" s="28" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E21" s="28" t="e">
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A22" s="26">
+        <v>44308</v>
+      </c>
+      <c r="B22" s="28" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C22" s="28" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D22" s="28" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E22" s="28" t="e">
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A23" s="26">
+        <v>44313</v>
+      </c>
+      <c r="B23" s="28" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C23" s="28" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D23" s="28" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E23" s="28" t="e">
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="76" x14ac:dyDescent="0.35">
+      <c r="A24" s="26">
+        <v>44321</v>
+      </c>
+      <c r="B24" s="27" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C24" s="27" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D24" s="27" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E24" s="26">
+        <v>44328</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A25" s="26">
+        <v>44333</v>
+      </c>
+      <c r="B25" s="28" t="s">
+        <v>820</v>
+      </c>
+      <c r="C25" s="28" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D25" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E25" s="26">
+        <v>44361</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A26" s="26">
+        <v>44333</v>
+      </c>
+      <c r="B26" s="28" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C26" s="28" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D26" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E26" s="26">
+        <v>44361</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A27" s="26">
+        <v>44335</v>
+      </c>
+      <c r="B27" s="28" t="s">
+        <v>632</v>
+      </c>
+      <c r="C27" s="28" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D27" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E27" s="26">
+        <v>44363</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A28" s="26">
+        <v>44335</v>
+      </c>
+      <c r="B28" s="28" t="s">
+        <v>394</v>
+      </c>
+      <c r="C28" s="28" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D28" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E28" s="26">
+        <v>44391</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A29" s="26">
+        <v>44335</v>
+      </c>
+      <c r="B29" s="28" t="s">
+        <v>92</v>
+      </c>
+      <c r="C29" s="28" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D29" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E29" s="26">
+        <v>44349</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A30" s="26">
+        <v>44336</v>
+      </c>
+      <c r="B30" s="28" t="s">
+        <v>199</v>
+      </c>
+      <c r="C30" s="28" t="s">
+        <v>318</v>
+      </c>
+      <c r="D30" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E30" s="26">
+        <v>44364</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="26" x14ac:dyDescent="0.35">
+      <c r="A31" s="26">
+        <v>44336</v>
+      </c>
+      <c r="B31" s="28" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C31" s="28" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D31" s="27" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E31" s="26">
+        <v>44343</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="26" x14ac:dyDescent="0.35">
+      <c r="A32" s="26">
+        <v>44336</v>
+      </c>
+      <c r="B32" s="28" t="s">
+        <v>247</v>
+      </c>
+      <c r="C32" s="28" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D32" s="27" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E32" s="26">
+        <v>44364</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="26" x14ac:dyDescent="0.35">
+      <c r="A33" s="26">
+        <v>44321</v>
+      </c>
+      <c r="B33" s="27" t="s">
+        <v>622</v>
+      </c>
+      <c r="C33" s="27" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D33" s="27" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E33" s="26">
+        <v>44328</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="26" x14ac:dyDescent="0.35">
+      <c r="A34" s="26">
+        <v>44321</v>
+      </c>
+      <c r="B34" s="27">
+        <v>39</v>
+      </c>
+      <c r="C34" s="27" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D34" s="27" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E34" s="26">
+        <v>44328</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="38.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="26">
+        <v>44321</v>
+      </c>
+      <c r="B35" s="27" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C35" s="27" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D35" s="27" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E35" s="26">
+        <v>44328</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A36" s="26">
+        <v>44321</v>
+      </c>
+      <c r="B36" s="28">
+        <v>221</v>
+      </c>
+      <c r="C36" s="28" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D36" s="28" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E36" s="26">
+        <v>44328</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A37" s="26">
+        <v>44321</v>
+      </c>
+      <c r="B37" s="28" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C37" s="28" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D37" s="28" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E37" s="26">
+        <v>44328</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A38" s="26">
+        <v>44321</v>
+      </c>
+      <c r="B38" s="28" t="s">
+        <v>408</v>
+      </c>
+      <c r="C38" s="28" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D38" s="28" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E38" s="26">
+        <v>44328</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A39" s="26">
+        <v>44321</v>
+      </c>
+      <c r="B39" s="28" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C39" s="28" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D39" s="28" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E39" s="26">
+        <v>44328</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="38.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="26">
+        <v>44321</v>
+      </c>
+      <c r="B40" s="27" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C40" s="27" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D40" s="27" t="s">
+        <v>1432</v>
+      </c>
+      <c r="E40" s="26">
+        <v>44328</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A41" s="26">
+        <v>44321</v>
+      </c>
+      <c r="B41" s="28">
+        <v>62</v>
+      </c>
+      <c r="C41" s="28" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D41" s="28" t="s">
+        <v>1434</v>
+      </c>
+      <c r="E41" s="26">
+        <v>44328</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A42" s="26">
+        <v>44349</v>
+      </c>
+      <c r="B42" s="28" t="s">
+        <v>260</v>
+      </c>
+      <c r="C42" s="28" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D42" s="28" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E42" s="26">
+        <v>44356</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A43" s="26">
+        <v>44350</v>
+      </c>
+      <c r="B43" s="28" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C43" s="28" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D43" s="28" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E43" s="26">
+        <v>44357</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="26" x14ac:dyDescent="0.35">
+      <c r="A44" s="26">
+        <v>44350</v>
+      </c>
+      <c r="B44" s="28" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C44" s="27" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D44" s="28" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E44" s="26">
+        <v>44357</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A45" s="26">
+        <v>44350</v>
+      </c>
+      <c r="B45" s="28">
+        <v>69</v>
+      </c>
+      <c r="C45" s="28" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D45" s="28" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E45" s="26">
+        <v>44357</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A46" s="26">
+        <v>44351</v>
+      </c>
+      <c r="B46" s="28" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C46" s="28" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D46" s="28" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E46" s="26">
+        <v>44358</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A47" s="26">
+        <v>44356</v>
+      </c>
+      <c r="B47" s="27" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C47" s="28" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D47" s="28" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E47" s="26">
+        <v>44363</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A48" s="26">
+        <v>44356</v>
+      </c>
+      <c r="B48" s="27" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C48" s="28" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D48" s="28" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E48" s="26">
+        <v>44363</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A49" s="26">
+        <v>44356</v>
+      </c>
+      <c r="B49" s="27" t="s">
+        <v>538</v>
+      </c>
+      <c r="C49" s="28" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D49" s="28" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E49" s="26">
+        <v>44363</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A50" s="26">
+        <v>44356</v>
+      </c>
+      <c r="B50" s="27" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C50" s="28" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D50" s="28" t="s">
+        <v>1449</v>
+      </c>
+      <c r="E50" s="26">
+        <v>44363</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A51" s="26">
+        <v>44356</v>
+      </c>
+      <c r="B51" s="27" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C51" s="28" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D51" s="28" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E51" s="26">
+        <v>44363</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A52" s="26">
+        <v>44349</v>
+      </c>
+      <c r="B52" s="28">
+        <v>11</v>
+      </c>
+      <c r="C52" s="28" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D52" s="28" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E52" s="26">
+        <v>44356</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A53" s="26">
+        <v>44351</v>
+      </c>
+      <c r="B53" s="28">
+        <v>29</v>
+      </c>
+      <c r="C53" s="28" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D53" s="28" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E53" s="26">
+        <v>44358</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A54" s="26">
+        <v>44356</v>
+      </c>
+      <c r="B54" s="27">
+        <v>31</v>
+      </c>
+      <c r="C54" s="28" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D54" s="28" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E54" s="26">
+        <v>44363</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A55" s="26">
+        <v>44356</v>
+      </c>
+      <c r="B55" s="27" t="s">
+        <v>81</v>
+      </c>
+      <c r="C55" s="28" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D55" s="28" t="s">
+        <v>1458</v>
+      </c>
+      <c r="E55" s="26">
+        <v>44363</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A56" s="26">
+        <v>44356</v>
+      </c>
+      <c r="B56" s="27" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C56" s="28" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D56" s="28" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E56" s="26">
+        <v>44363</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A57" s="26">
+        <v>44350</v>
+      </c>
+      <c r="B57" s="28" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C57" s="28" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D57" s="28" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E57" s="26">
+        <v>44357</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A58" s="26">
+        <v>44354</v>
+      </c>
+      <c r="B58" s="27" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C58" s="28" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D58" s="28" t="s">
+        <v>1467</v>
+      </c>
+      <c r="E58" s="26">
+        <v>44361</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A59" s="26">
+        <v>44354</v>
+      </c>
+      <c r="B59" s="27" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C59" s="28" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D59" s="28" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E59" s="26">
+        <v>44361</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A60" s="26">
+        <v>44371</v>
+      </c>
+      <c r="B60" s="27" t="s">
+        <v>663</v>
+      </c>
+      <c r="C60" s="28" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D60" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E60" s="26">
+        <v>44385</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A61" s="26">
+        <v>44371</v>
+      </c>
+      <c r="B61" s="28" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C61" s="28" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D61" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E61" s="26">
+        <v>44378</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A62" s="26">
+        <v>44371</v>
+      </c>
+      <c r="B62" s="28" t="s">
+        <v>251</v>
+      </c>
+      <c r="C62" s="28" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D62" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E62" s="26">
+        <v>44378</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A63" s="26">
+        <v>44372</v>
+      </c>
+      <c r="B63" s="28" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C63" s="28" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D63" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E63" s="26">
+        <v>44386</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A64" s="26">
+        <v>44372</v>
+      </c>
+      <c r="B64" s="28" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C64" s="28" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D64" s="28" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E64" s="26">
+        <v>44386</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A65" s="26">
+        <v>44376</v>
+      </c>
+      <c r="B65" s="28" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C65" s="28" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D65" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E65" s="26">
+        <v>44404</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A66" s="26">
+        <v>44383</v>
+      </c>
+      <c r="B66" s="28" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C66" s="28" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D66" s="28" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E66" s="26">
+        <v>44439</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A67" s="26">
+        <v>44383</v>
+      </c>
+      <c r="B67" s="28" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C67" s="28" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D67" s="28" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E67" s="26">
+        <v>44397</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A68" s="26">
+        <v>44390</v>
+      </c>
+      <c r="B68" s="28" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C68" s="28" t="s">
+        <v>642</v>
+      </c>
+      <c r="D68" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E68" s="26">
+        <v>44404</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A69" s="26">
+        <v>44390</v>
+      </c>
+      <c r="B69" s="28" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C69" s="28" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D69" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E69" s="26">
+        <v>44404</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A70" s="26">
+        <v>44393</v>
+      </c>
+      <c r="B70" s="28" t="s">
+        <v>113</v>
+      </c>
+      <c r="C70" s="28" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D70" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E70" s="26">
+        <v>44407</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A71" s="26">
+        <v>44393</v>
+      </c>
+      <c r="B71" s="28" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C71" s="28" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D71" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E71" s="26">
+        <v>44407</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A72" s="26">
+        <v>44404</v>
+      </c>
+      <c r="B72" s="28" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C72" s="28" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D72" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E72" s="26">
+        <v>44418</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A73" s="26">
+        <v>44404</v>
+      </c>
+      <c r="B73" s="28" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C73" s="28" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D73" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E73" s="26">
+        <v>44418</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A74" s="26">
+        <v>44404</v>
+      </c>
+      <c r="B74" s="28" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C74" s="28" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D74" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E74" s="26">
+        <v>44418</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A75" s="26">
+        <v>44405</v>
+      </c>
+      <c r="B75" s="28" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C75" s="28" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D75" s="28" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E75" s="26">
+        <v>44412</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A76" s="26">
+        <v>44405</v>
+      </c>
+      <c r="B76" s="28">
+        <v>36</v>
+      </c>
+      <c r="C76" s="28" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D76" s="28" t="s">
+        <v>1496</v>
+      </c>
+      <c r="E76" s="26">
+        <v>44412</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A77" s="26">
+        <v>44406</v>
+      </c>
+      <c r="B77" s="28">
+        <v>29</v>
+      </c>
+      <c r="C77" s="28" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D77" s="28" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E77" s="26">
+        <v>44413</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A78" s="26">
+        <v>44404</v>
+      </c>
+      <c r="B78" s="28" t="s">
+        <v>374</v>
+      </c>
+      <c r="C78" s="28" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D78" s="28" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E78" s="26">
+        <v>44411</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A79" s="26">
+        <v>44405</v>
+      </c>
+      <c r="B79" s="28">
+        <v>139</v>
+      </c>
+      <c r="C79" s="28" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D79" s="28" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E79" s="26">
+        <v>44412</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A80" s="26">
+        <v>44405</v>
+      </c>
+      <c r="B80" s="28" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C80" s="28" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D80" s="28" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E80" s="26">
+        <v>44412</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A81" s="26">
+        <v>44424</v>
+      </c>
+      <c r="B81" s="28" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C81" s="28" t="s">
+        <v>506</v>
+      </c>
+      <c r="D81" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E81" s="26">
+        <v>44452</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A82" s="26">
+        <v>44425</v>
+      </c>
+      <c r="B82" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="C82" s="28" t="s">
+        <v>665</v>
+      </c>
+      <c r="D82" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E82" s="26">
+        <v>44453</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A83" s="26">
+        <v>44426</v>
+      </c>
+      <c r="B83" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="C83" s="28" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D83" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E83" s="26">
+        <v>44440</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A84" s="26">
+        <v>44425</v>
+      </c>
+      <c r="B84" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="C84" s="28" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D84" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E84" s="26">
+        <v>44453</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A85" s="26">
+        <v>44447</v>
+      </c>
+      <c r="B85" s="28">
+        <v>19</v>
+      </c>
+      <c r="C85" s="28" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D85" s="28" t="s">
+        <v>1507</v>
+      </c>
+      <c r="E85" s="26">
+        <v>44454</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A86" s="26">
+        <v>44452</v>
+      </c>
+      <c r="B86" s="28" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C86" s="28" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D86" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E86" s="26">
+        <v>44480</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A87" s="26">
+        <v>44453</v>
+      </c>
+      <c r="B87" s="28" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C87" s="28" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D87" s="28" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E87" s="26">
+        <v>44481</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A88" s="26">
+        <v>44453</v>
+      </c>
+      <c r="B88" s="28" t="s">
+        <v>632</v>
+      </c>
+      <c r="C88" s="28" t="s">
+        <v>625</v>
+      </c>
+      <c r="D88" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E88" s="26">
+        <v>44481</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A89" s="26">
+        <v>44453</v>
+      </c>
+      <c r="B89" s="28" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C89" s="28" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D89" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E89" s="26">
+        <v>44481</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A90" s="26">
+        <v>44453</v>
+      </c>
+      <c r="B90" s="28" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C90" s="28" t="s">
+        <v>205</v>
+      </c>
+      <c r="D90" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E90" s="26">
+        <v>44481</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A91" s="26">
+        <v>44453</v>
+      </c>
+      <c r="B91" s="28" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C91" s="28" t="s">
+        <v>347</v>
+      </c>
+      <c r="D91" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E91" s="26">
+        <v>44481</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A92" s="26">
+        <v>44459</v>
+      </c>
+      <c r="B92" s="28" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C92" s="28" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D92" s="28" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E92" s="26">
+        <v>44487</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A93" s="26">
+        <v>44459</v>
+      </c>
+      <c r="B93" s="28" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C93" s="28" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D93" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E93" s="26">
+        <v>44487</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A94" s="26">
+        <v>44459</v>
+      </c>
+      <c r="B94" s="28" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C94" s="28" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D94" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E94" s="26">
+        <v>44487</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A95" s="26">
+        <v>44467</v>
+      </c>
+      <c r="B95" s="28" t="s">
+        <v>797</v>
+      </c>
+      <c r="C95" s="28" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D95" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E95" s="26">
+        <v>44495</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A96" s="26">
+        <v>44467</v>
+      </c>
+      <c r="B96" s="28" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C96" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="D96" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E96" s="26">
+        <v>44495</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A97" s="26">
+        <v>44467</v>
+      </c>
+      <c r="B97" s="28" t="s">
+        <v>629</v>
+      </c>
+      <c r="C97" s="28" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D97" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E97" s="26">
+        <v>44495</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A98" s="26">
+        <v>44467</v>
+      </c>
+      <c r="B98" s="28" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C98" s="28" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D98" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E98" s="26">
+        <v>44495</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A99" s="26">
+        <v>44468</v>
+      </c>
+      <c r="B99" s="28" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C99" s="28" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D99" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E99" s="26">
+        <v>44496</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A100" s="26">
+        <v>44468</v>
+      </c>
+      <c r="B100" s="28" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C100" s="28" t="s">
+        <v>195</v>
+      </c>
+      <c r="D100" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E100" s="26">
+        <v>44496</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A101" s="26">
+        <v>44468</v>
+      </c>
+      <c r="B101" s="28" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C101" s="28" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D101" s="28" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E101" s="26">
+        <v>44496</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A102" s="26">
+        <v>44468</v>
+      </c>
+      <c r="B102" s="28" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C102" s="28" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D102" s="28" t="s">
+        <v>1524</v>
+      </c>
+      <c r="E102" s="26">
+        <v>44496</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A103" s="26">
+        <v>44468</v>
+      </c>
+      <c r="B103" s="28" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C103" s="28" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D103" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E103" s="26">
+        <v>44524</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A104" s="26">
+        <v>44469</v>
+      </c>
+      <c r="B104" s="28" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C104" s="28" t="s">
+        <v>992</v>
+      </c>
+      <c r="D104" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E104" s="26">
+        <v>44497</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A105" s="26">
+        <v>44440</v>
+      </c>
+      <c r="B105" s="28" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C105" s="27" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D105" s="28" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E105" s="26">
+        <v>44447</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A106" s="26">
+        <v>44447</v>
+      </c>
+      <c r="B106" s="28">
+        <v>19</v>
+      </c>
+      <c r="C106" s="28" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D106" s="28" t="s">
+        <v>1507</v>
+      </c>
+      <c r="E106" s="26">
+        <v>44454</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A107" s="26">
+        <v>44447</v>
+      </c>
+      <c r="B107" s="28">
+        <v>10</v>
+      </c>
+      <c r="C107" s="28" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D107" s="28" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E107" s="26">
+        <v>44454</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A108" s="26">
+        <v>44449</v>
+      </c>
+      <c r="B108" s="28" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C108" s="28" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D108" s="28" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E108" s="26">
+        <v>44456</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A109" s="26">
+        <v>44440</v>
+      </c>
+      <c r="B109" s="28" t="s">
+        <v>630</v>
+      </c>
+      <c r="C109" s="27" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D109" s="28" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E109" s="28" t="e">
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A110" s="26">
+        <v>44498</v>
+      </c>
+      <c r="B110" s="28" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C110" s="28" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D110" s="28" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E110" s="31">
+        <v>44505</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A111" s="26">
+        <v>44498</v>
+      </c>
+      <c r="B111" s="28" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C111" s="28" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D111" s="28" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E111" s="26">
+        <v>44505</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A112" s="26">
+        <v>44475</v>
+      </c>
+      <c r="B112" s="28" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C112" s="28" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D112" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E112" s="26">
+        <v>44503</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A113" s="26">
+        <v>44483</v>
+      </c>
+      <c r="B113" s="28" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C113" s="27" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D113" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E113" s="26">
+        <v>44511</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A114" s="26">
+        <v>44483</v>
+      </c>
+      <c r="B114" s="28" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C114" s="27" t="s">
+        <v>639</v>
+      </c>
+      <c r="D114" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E114" s="26">
+        <v>44511</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A115" s="26">
+        <v>44483</v>
+      </c>
+      <c r="B115" s="27" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C115" s="28" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D115" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E115" s="26">
+        <v>44511</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A116" s="26">
+        <v>44484</v>
+      </c>
+      <c r="B116" s="28" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C116" s="28" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D116" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E116" s="26">
+        <v>44512</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A117" s="26">
+        <v>44497</v>
+      </c>
+      <c r="B117" s="28" t="s">
+        <v>113</v>
+      </c>
+      <c r="C117" s="28" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D117" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E117" s="26">
+        <v>44525</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A118" s="26">
+        <v>44497</v>
+      </c>
+      <c r="B118" s="28" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C118" s="28" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D118" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E118" s="26">
+        <v>44525</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A119" s="26">
+        <v>44501</v>
+      </c>
+      <c r="B119" s="28" t="s">
+        <v>632</v>
+      </c>
+      <c r="C119" s="28" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D119" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E119" s="26">
+        <v>44557</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A120" s="26">
+        <v>44501</v>
+      </c>
+      <c r="B120" s="28" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C120" s="28" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D120" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E120" s="26">
+        <v>44529</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A121" s="26">
+        <v>44501</v>
+      </c>
+      <c r="B121" s="28" t="s">
+        <v>408</v>
+      </c>
+      <c r="C121" s="28" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D121" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E121" s="26">
+        <v>44515</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A122" s="26">
+        <v>44501</v>
+      </c>
+      <c r="B122" s="27" t="s">
+        <v>618</v>
+      </c>
+      <c r="C122" s="28" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D122" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E122" s="26">
+        <v>44529</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A123" s="26">
+        <v>44511</v>
+      </c>
+      <c r="B123" s="27" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C123" s="28" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D123" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E123" s="26">
+        <v>44539</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A124" s="26">
+        <v>44512</v>
+      </c>
+      <c r="B124" s="28" t="s">
+        <v>615</v>
+      </c>
+      <c r="C124" s="28" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D124" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E124" s="26">
+        <v>44540</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A125" s="26">
+        <v>44512</v>
+      </c>
+      <c r="B125" s="28" t="s">
+        <v>747</v>
+      </c>
+      <c r="C125" s="28" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D125" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E125" s="26">
+        <v>44540</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A126" s="26">
+        <v>44515</v>
+      </c>
+      <c r="B126" s="28" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C126" s="28" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D126" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E126" s="26">
+        <v>44543</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A127" s="26">
+        <v>44523</v>
+      </c>
+      <c r="B127" s="28" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C127" s="28" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D127" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E127" s="26">
+        <v>44530</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A128" s="26">
+        <v>44523</v>
+      </c>
+      <c r="B128" s="28" t="s">
+        <v>425</v>
+      </c>
+      <c r="C128" s="28" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D128" s="28" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E128" s="26">
+        <v>44530</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A129" s="26">
+        <v>44523</v>
+      </c>
+      <c r="B129" s="28" t="s">
+        <v>363</v>
+      </c>
+      <c r="C129" s="28" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D129" s="28" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E129" s="26">
+        <v>44530</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A130" s="26">
+        <v>44525</v>
+      </c>
+      <c r="B130" s="28" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C130" s="28" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D130" s="28" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E130" s="26">
+        <v>44532</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A131" s="26">
+        <v>44525</v>
+      </c>
+      <c r="B131" s="28">
+        <v>287</v>
+      </c>
+      <c r="C131" s="28" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D131" s="28" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E131" s="26">
+        <v>44532</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A132" s="26">
+        <v>44523</v>
+      </c>
+      <c r="B132" s="28" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C132" s="28" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D132" s="28" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E132" s="26">
+        <v>44530</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A133" s="26">
+        <v>44523</v>
+      </c>
+      <c r="B133" s="28" t="s">
+        <v>150</v>
+      </c>
+      <c r="C133" s="28" t="s">
+        <v>454</v>
+      </c>
+      <c r="D133" s="28" t="s">
+        <v>1567</v>
+      </c>
+      <c r="E133" s="26">
+        <v>44530</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A134" s="26">
+        <v>44523</v>
+      </c>
+      <c r="B134" s="28" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C134" s="28" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D134" s="28" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E134" s="26">
+        <v>44530</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A135" s="26">
+        <v>44523</v>
+      </c>
+      <c r="B135" s="28" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C135" s="28" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D135" s="28" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E135" s="26">
+        <v>44530</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A136" s="26">
+        <v>44523</v>
+      </c>
+      <c r="B136" s="28">
+        <v>126</v>
+      </c>
+      <c r="C136" s="28" t="s">
+        <v>725</v>
+      </c>
+      <c r="D136" s="28" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E136" s="26">
+        <v>44530</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A137" s="26">
+        <v>44523</v>
+      </c>
+      <c r="B137" s="28" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C137" s="28" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D137" s="28" t="s">
+        <v>1573</v>
+      </c>
+      <c r="E137" s="26">
+        <v>44530</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A138" s="26">
+        <v>44523</v>
+      </c>
+      <c r="B138" s="28" t="s">
+        <v>538</v>
+      </c>
+      <c r="C138" s="28" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D138" s="28" t="s">
+        <v>1575</v>
+      </c>
+      <c r="E138" s="26">
+        <v>44530</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A139" s="26">
+        <v>44533</v>
+      </c>
+      <c r="B139" s="28" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C139" s="28" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D139" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E139" s="26">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A140" s="26">
+        <v>44533</v>
+      </c>
+      <c r="B140" s="28" t="s">
+        <v>515</v>
+      </c>
+      <c r="C140" s="28" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D140" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E140" s="26">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A141" s="26">
+        <v>44552</v>
+      </c>
+      <c r="B141" s="28" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C141" s="28" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D141" s="28" t="s">
+        <v>1581</v>
+      </c>
+      <c r="E141" s="26">
+        <v>44559</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A142" s="26">
+        <v>44552</v>
+      </c>
+      <c r="B142" s="28" t="s">
+        <v>211</v>
+      </c>
+      <c r="C142" s="28" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D142" s="28" t="s">
+        <v>1582</v>
+      </c>
+      <c r="E142" s="26">
+        <v>44608</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A143" s="26">
+        <v>44551</v>
+      </c>
+      <c r="B143" s="28">
+        <v>12</v>
+      </c>
+      <c r="C143" s="28" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D143" s="28" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E143" s="26">
+        <v>44558</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A144" s="26">
+        <v>44551</v>
+      </c>
+      <c r="B144" s="28" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C144" s="28" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D144" s="28" t="s">
+        <v>1585</v>
+      </c>
+      <c r="E144" s="26">
+        <v>44558</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A145" s="26">
+        <v>44551</v>
+      </c>
+      <c r="B145" s="28" t="s">
+        <v>82</v>
+      </c>
+      <c r="C145" s="28" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D145" s="28" t="s">
+        <v>1587</v>
+      </c>
+      <c r="E145" s="26">
+        <v>44558</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A146" s="26">
+        <v>44551</v>
+      </c>
+      <c r="B146" s="28">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B2" t="s">
+      <c r="C146" s="28" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D146" s="28" t="s">
+        <v>1589</v>
+      </c>
+      <c r="E146" s="26">
+        <v>44558</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A147" s="26">
+        <v>44552</v>
+      </c>
+      <c r="B147" s="28" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C147" s="28" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D147" s="28" t="s">
+        <v>1592</v>
+      </c>
+      <c r="E147" s="26">
+        <v>44559</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A148" s="26">
+        <v>44552</v>
+      </c>
+      <c r="B148" s="28">
+        <v>13</v>
+      </c>
+      <c r="C148" s="28" t="s">
+        <v>549</v>
+      </c>
+      <c r="D148" s="28" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E148" s="28" t="e">
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A149" s="26">
+        <v>44566</v>
+      </c>
+      <c r="B149" s="28" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C149" s="28" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D149" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E149" s="26">
+        <v>44580</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A150" s="26">
+        <v>44568</v>
+      </c>
+      <c r="B150" s="28" t="s">
+        <v>635</v>
+      </c>
+      <c r="C150" s="28" t="s">
+        <v>534</v>
+      </c>
+      <c r="D150" s="28" t="s">
+        <v>1594</v>
+      </c>
+      <c r="E150" s="26">
+        <v>44575</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A151" s="26">
+        <v>44615</v>
+      </c>
+      <c r="B151" s="28">
+        <v>13</v>
+      </c>
+      <c r="C151" s="28" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D151" s="27" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E151" s="26">
+        <v>44622</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A152" s="26">
+        <v>44615</v>
+      </c>
+      <c r="B152" s="28" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C152" s="28" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D152" s="27" t="s">
+        <v>1598</v>
+      </c>
+      <c r="E152" s="26">
+        <v>44622</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A153" s="26">
+        <v>44615</v>
+      </c>
+      <c r="B153" s="28">
+        <v>4</v>
+      </c>
+      <c r="C153" s="28" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D153" s="28" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E153" s="26">
+        <v>44622</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A154" s="26">
+        <v>44615</v>
+      </c>
+      <c r="B154" s="28">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...399 lines deleted...]
-      <c r="B31" t="s">
+      <c r="C154" s="28" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D154" s="28" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E154" s="26">
+        <v>44622</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A155" s="26">
+        <v>44615</v>
+      </c>
+      <c r="B155" s="28" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C155" s="28" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D155" s="28" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E155" s="26">
+        <v>44622</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A156" s="26">
+        <v>44615</v>
+      </c>
+      <c r="B156" s="28" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C156" s="28" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D156" s="28" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E156" s="26">
+        <v>44622</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A157" s="26">
+        <v>44615</v>
+      </c>
+      <c r="B157" s="28">
+        <v>8</v>
+      </c>
+      <c r="C157" s="28" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D157" s="28" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E157" s="26">
+        <v>44622</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A158" s="26">
+        <v>44615</v>
+      </c>
+      <c r="B158" s="28">
         <v>70</v>
       </c>
-      <c r="C31" t="s">
-[...204 lines deleted...]
-        <v>45168</v>
+      <c r="C158" s="28" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D158" s="28" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E158" s="26">
+        <v>44622</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A159" s="26">
+        <v>44616</v>
+      </c>
+      <c r="B159" s="28">
+        <v>69</v>
+      </c>
+      <c r="C159" s="28" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D159" s="28" t="s">
+        <v>1607</v>
+      </c>
+      <c r="E159" s="26">
+        <v>44623</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D20"/>
-[...2 lines deleted...]
-  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D14"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55C06D9D-C016-4A06-A098-D233236ABAC7}">
+  <dimension ref="A1:F66"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView topLeftCell="A50" workbookViewId="0">
+      <selection activeCell="B66" sqref="B66"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="40.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="11" width="26.90625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-[...192 lines deleted...]
-        <v>45055</v>
+    <row r="1" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A1" s="25">
+        <v>24</v>
+      </c>
+      <c r="B1" s="32" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C1" s="32" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D1" s="25"/>
+      <c r="E1" s="32"/>
+      <c r="F1" s="25"/>
+    </row>
+    <row r="2" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A2" s="25">
+        <v>41</v>
+      </c>
+      <c r="B2" s="25" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C2" s="32" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D2" s="25"/>
+      <c r="E2" s="32"/>
+      <c r="F2" s="25"/>
+    </row>
+    <row r="3" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A3" s="25">
+        <v>76</v>
+      </c>
+      <c r="B3" s="25" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C3" s="32" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D3" s="25"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="25"/>
+    </row>
+    <row r="4" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="25"/>
+      <c r="B4" s="25" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C4" s="32" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D4" s="25"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="25"/>
+    </row>
+    <row r="5" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="25"/>
+      <c r="B5" s="25" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C5" s="32" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D5" s="25"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="25"/>
+    </row>
+    <row r="6" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A6" s="33" t="s">
+        <v>263</v>
+      </c>
+      <c r="B6" s="33" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C6" s="34" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D6" s="33" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E6" s="33" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F6" s="33" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A7" s="33" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B7" s="33" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C7" s="34" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D7" s="33" t="s">
+        <v>1625</v>
+      </c>
+      <c r="E7" s="33" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F7" s="33" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A8" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="B8" s="33" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C8" s="34" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D8" s="33" t="s">
+        <v>1630</v>
+      </c>
+      <c r="E8" s="33" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F8" s="33" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A9" s="33" t="s">
+        <v>622</v>
+      </c>
+      <c r="B9" s="33" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C9" s="34" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D9" s="33" t="s">
+        <v>1633</v>
+      </c>
+      <c r="E9" s="33" t="s">
+        <v>1634</v>
+      </c>
+      <c r="F9" s="33" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A10" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B10" s="33" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C10" s="34" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D10" s="33" t="s">
+        <v>1637</v>
+      </c>
+      <c r="E10" s="33" t="s">
+        <v>1638</v>
+      </c>
+      <c r="F10" s="33" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A11" s="33" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B11" s="33" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C11" s="34" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D11" s="33" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E11" s="33" t="s">
+        <v>1643</v>
+      </c>
+      <c r="F11" s="33" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="33" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B12" s="33" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C12" s="34" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D12" s="33" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E12" s="33" t="s">
+        <v>1649</v>
+      </c>
+      <c r="F12" s="33" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A13" s="33" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B13" s="33" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C13" s="34" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D13" s="33" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E13" s="33" t="s">
+        <v>1649</v>
+      </c>
+      <c r="F13" s="33" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="33" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B14" s="33" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C14" s="34" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D14" s="33" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E14" s="33" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F14" s="33" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="33" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B15" s="33" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C15" s="34" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D15" s="33" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E15" s="33" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F15" s="33" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="33" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B16" s="33" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C16" s="34" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D16" s="33" t="s">
+        <v>1663</v>
+      </c>
+      <c r="E16" s="33" t="s">
+        <v>1664</v>
+      </c>
+      <c r="F16" s="33" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="33" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B17" s="33" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C17" s="34" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D17" s="33" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E17" s="33" t="s">
+        <v>1664</v>
+      </c>
+      <c r="F17" s="33" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="33" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B18" s="33" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C18" s="34" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D18" s="33" t="s">
+        <v>1671</v>
+      </c>
+      <c r="E18" s="33" t="s">
+        <v>1664</v>
+      </c>
+      <c r="F18" s="33" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A19" s="33" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B19" s="33" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C19" s="34" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D19" s="33" t="s">
+        <v>1674</v>
+      </c>
+      <c r="E19" s="33" t="s">
+        <v>1675</v>
+      </c>
+      <c r="F19" s="33" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A20" s="33" t="s">
+        <v>470</v>
+      </c>
+      <c r="B20" s="33" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C20" s="34" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D20" s="33" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E20" s="33" t="s">
+        <v>1649</v>
+      </c>
+      <c r="F20" s="33" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A21" s="33" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="33" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C21" s="34" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D21" s="33" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E21" s="33" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F21" s="33" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="116" x14ac:dyDescent="0.35">
+      <c r="A22" s="33" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B22" s="33" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C22" s="34" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D22" s="33" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E22" s="33" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F22" s="33" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="34" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B23" s="34" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C23" s="34" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D23" s="34" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E23" s="34" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F23" s="25"/>
+    </row>
+    <row r="24" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="34" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B24" s="34" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C24" s="34" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D24" s="34" t="s">
+        <v>1687</v>
+      </c>
+      <c r="E24" s="34" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F24" s="25"/>
+    </row>
+    <row r="25" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A25" s="34" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B25" s="34" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C25" s="34" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D25" s="34" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E25" s="34" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F25" s="25"/>
+    </row>
+    <row r="26" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A26" s="34" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B26" s="34" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C26" s="34" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D26" s="34" t="s">
+        <v>1700</v>
+      </c>
+      <c r="E26" s="34" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F26" s="25"/>
+    </row>
+    <row r="27" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="34" t="s">
+        <v>649</v>
+      </c>
+      <c r="B27" s="34" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C27" s="34" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D27" s="34" t="s">
+        <v>1702</v>
+      </c>
+      <c r="E27" s="34" t="s">
+        <v>1634</v>
+      </c>
+      <c r="F27" s="25"/>
+    </row>
+    <row r="28" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A28" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="B28" s="34" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C28" s="34" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D28" s="34" t="s">
+        <v>1705</v>
+      </c>
+      <c r="E28" s="34" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F28" s="25"/>
+    </row>
+    <row r="29" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="34" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B29" s="34" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C29" s="34" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D29" s="34" t="s">
+        <v>1709</v>
+      </c>
+      <c r="E29" s="34" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F29" s="25"/>
+    </row>
+    <row r="30" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A30" s="34" t="s">
+        <v>408</v>
+      </c>
+      <c r="B30" s="34" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C30" s="34" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D30" s="34" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E30" s="33" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F30" s="25"/>
+    </row>
+    <row r="31" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A31" s="34" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B31" s="34" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C31" s="34" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D31" s="34" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E31" s="33" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F31" s="25"/>
+    </row>
+    <row r="32" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="34" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B32" s="34" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C32" s="34" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D32" s="34" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E32" s="34" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F32" s="25"/>
+    </row>
+    <row r="33" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="34" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B33" s="34" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C33" s="34" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D33" s="34" t="s">
+        <v>1723</v>
+      </c>
+      <c r="E33" s="34" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F33" s="25"/>
+    </row>
+    <row r="34" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" s="34" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C34" s="34" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D34" s="34" t="s">
+        <v>1725</v>
+      </c>
+      <c r="E34" s="34" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F34" s="25"/>
+    </row>
+    <row r="35" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="34" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B35" s="34" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C35" s="34" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D35" s="34" t="s">
+        <v>1727</v>
+      </c>
+      <c r="E35" s="34" t="s">
+        <v>1728</v>
+      </c>
+      <c r="F35" s="25"/>
+    </row>
+    <row r="36" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A36" s="34" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B36" s="34" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C36" s="34" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D36" s="34" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E36" s="34" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F36" s="25"/>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A37" s="25" t="s">
+        <v>630</v>
+      </c>
+      <c r="B37" s="25" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C37" s="25" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D37" s="25" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E37" s="25" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F37" s="25" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A38" s="25" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B38" s="25" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C38" s="25" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D38" s="25" t="s">
+        <v>1739</v>
+      </c>
+      <c r="E38" s="25" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F38" s="25" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A39" s="25" t="s">
+        <v>215</v>
+      </c>
+      <c r="B39" s="25" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C39" s="25" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D39" s="25" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E39" s="25" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F39" s="25" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A40" s="25" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B40" s="25" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C40" s="25" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D40" s="25" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E40" s="25" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F40" s="25" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A41" s="25" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B41" s="25" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C41" s="25" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D41" s="25" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E41" s="25" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F41" s="25" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A42" s="25" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B42" s="25" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C42" s="25" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D42" s="25" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E42" s="25" t="s">
+        <v>1675</v>
+      </c>
+      <c r="F42" s="25" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A43" s="25" t="s">
+        <v>81</v>
+      </c>
+      <c r="B43" s="25" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C43" s="25" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D43" s="25" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E43" s="25" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F43" s="25" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A44" s="25" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B44" s="25" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C44" s="25" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D44" s="25" t="s">
+        <v>1759</v>
+      </c>
+      <c r="E44" s="25" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F44" s="25" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A45" s="25" t="s">
+        <v>615</v>
+      </c>
+      <c r="B45" s="25" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C45" s="25" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D45" s="25" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E45" s="25" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F45" s="25" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A46" s="25" t="s">
+        <v>645</v>
+      </c>
+      <c r="B46" s="25" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C46" s="25" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D46" s="25" t="s">
+        <v>1762</v>
+      </c>
+      <c r="E46" s="25" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F46" s="25" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A47" s="25" t="s">
+        <v>425</v>
+      </c>
+      <c r="B47" s="25" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C47" s="25" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D47" s="25" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E47" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F47" s="25" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A48" s="25" t="s">
+        <v>615</v>
+      </c>
+      <c r="B48" s="25" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C48" s="25" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D48" s="25" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E48" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F48" s="25" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A49" s="25" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B49" s="25" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C49" s="25" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D49" s="25" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E49" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F49" s="25" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A50" s="35" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B50" s="35" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C50" s="35" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D50" s="36" t="s">
+        <v>1771</v>
+      </c>
+      <c r="E50" s="35" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F50" s="35" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="35" t="s">
+        <v>153</v>
+      </c>
+      <c r="B51" s="35" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C51" s="35" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D51" s="36" t="s">
+        <v>1773</v>
+      </c>
+      <c r="E51" s="35" t="s">
+        <v>1774</v>
+      </c>
+      <c r="F51" s="35" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A52" s="35" t="s">
+        <v>553</v>
+      </c>
+      <c r="B52" s="35" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C52" s="35" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D52" s="36" t="s">
+        <v>1777</v>
+      </c>
+      <c r="E52" s="35" t="s">
+        <v>1649</v>
+      </c>
+      <c r="F52" s="35" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="101.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="37" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B53" s="37" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C53" s="37" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D53" s="38" t="s">
+        <v>1781</v>
+      </c>
+      <c r="E53" s="37" t="s">
+        <v>1774</v>
+      </c>
+      <c r="F53" s="37" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="37" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B54" s="37" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C54" s="37" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D54" s="38" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E54" s="37" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F54" s="37" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="37" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B55" s="37" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C55" s="37" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D55" s="38" t="s">
+        <v>1787</v>
+      </c>
+      <c r="E55" s="37" t="s">
+        <v>1788</v>
+      </c>
+      <c r="F55" s="37" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A56" s="37" t="s">
+        <v>124</v>
+      </c>
+      <c r="B56" s="37" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C56" s="37" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D56" s="38" t="s">
+        <v>1791</v>
+      </c>
+      <c r="E56" s="37" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F56" s="37" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A57" s="37" t="s">
+        <v>664</v>
+      </c>
+      <c r="B57" s="37" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C57" s="37" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D57" s="38" t="s">
+        <v>1795</v>
+      </c>
+      <c r="E57" s="37" t="s">
+        <v>1796</v>
+      </c>
+      <c r="F57" s="37" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A58" s="37" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B58" s="37" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C58" s="37" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D58" s="38" t="s">
+        <v>1799</v>
+      </c>
+      <c r="E58" s="37" t="s">
+        <v>1800</v>
+      </c>
+      <c r="F58" s="37" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="37" t="s">
+        <v>541</v>
+      </c>
+      <c r="B59" s="37" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C59" s="37" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D59" s="38" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E59" s="37" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F59" s="37" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A60" s="37" t="s">
+        <v>425</v>
+      </c>
+      <c r="B60" s="37" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C60" s="37" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D60" s="38" t="s">
+        <v>1804</v>
+      </c>
+      <c r="E60" s="37" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F60" s="37" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A61" s="37" t="s">
+        <v>147</v>
+      </c>
+      <c r="B61" s="37" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C61" s="37" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D61" s="38" t="s">
+        <v>1806</v>
+      </c>
+      <c r="E61" s="37" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F61" s="37" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A62" s="37" t="s">
+        <v>659</v>
+      </c>
+      <c r="B62" s="37" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C62" s="37" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D62" s="38" t="s">
+        <v>1807</v>
+      </c>
+      <c r="E62" s="37" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F62" s="37" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A63" s="37" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B63" s="37" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C63" s="37" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D63" s="38" t="s">
+        <v>1810</v>
+      </c>
+      <c r="E63" s="37" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F63" s="37" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A64" s="37" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B64" s="37" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C64" s="37" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D64" s="38" t="s">
+        <v>1813</v>
+      </c>
+      <c r="E64" s="37" t="s">
+        <v>1800</v>
+      </c>
+      <c r="F64" s="37" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A65" s="37" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B65" s="37" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C65" s="37" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D65" s="38" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E65" s="37" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F65" s="37" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A66" s="37" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B66" s="37" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C66" s="37" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D66" s="38" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E66" s="37" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F66" s="37" t="s">
+        <v>1819</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A14"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D18"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95E53369-D2C6-4E05-92F8-4DA56AB22950}">
+  <dimension ref="A1:F110"/>
   <sheetViews>
-    <sheetView topLeftCell="A13" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C20" sqref="C20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="38.85546875" style="4" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="29.6328125" customWidth="1"/>
+    <col min="2" max="2" width="21" customWidth="1"/>
+    <col min="3" max="3" width="27" customWidth="1"/>
+    <col min="4" max="4" width="32.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-[...248 lines deleted...]
-        <v>44995</v>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A1" s="48" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B1" s="48" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C1" s="48" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D1" s="48" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A2" s="49" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B2" s="50"/>
+      <c r="C2" s="50" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D2" s="51">
+        <v>45509</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A3" s="49" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B3" s="50"/>
+      <c r="C3" s="50" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D3" s="51">
+        <v>45509</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A4" s="49" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B4" s="50" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C4" s="50" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D4" s="51">
+        <v>45509</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+      <c r="A5" s="52" t="s">
+        <v>2111</v>
+      </c>
+      <c r="B5" s="50"/>
+      <c r="C5" s="53" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D5" s="54">
+        <v>45516</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A6" s="55" t="s">
+        <v>2112</v>
+      </c>
+      <c r="B6" s="50" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C6" s="50" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D6" s="51">
+        <v>45513</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A7" s="55" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B7" s="50" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C7" s="50" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D7" s="51">
+        <v>45516</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A8" s="55" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B8" s="50" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C8" s="50" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D8" s="51">
+        <v>45516</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A9" s="56" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B9" s="50"/>
+      <c r="C9" s="50"/>
+      <c r="D9" s="51">
+        <v>45506</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A10" s="56" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B10" s="56" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C10" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D10" s="51">
+        <v>45523</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A11" s="56" t="s">
+        <v>479</v>
+      </c>
+      <c r="B11" s="56" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C11" s="53" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D11" s="51">
+        <v>45523</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A12" s="56" t="s">
+        <v>2118</v>
+      </c>
+      <c r="B12" s="56" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C12" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D12" s="51">
+        <v>45523</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A13" s="55" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B13" s="56" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C13" s="50" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D13" s="51">
+        <v>45507</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A14" s="55" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B14" s="56" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C14" s="50" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D14" s="51">
+        <v>45534</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A15" s="56" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B15" s="56" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C15" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D15" s="51">
+        <v>45506</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A16" s="55" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B16" s="56" t="s">
+        <v>822</v>
+      </c>
+      <c r="C16" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D16" s="51">
+        <v>45506</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A17" s="56" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B17" s="56" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C17" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D17" s="51">
+        <v>45506</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A18" s="57" t="s">
+        <v>2124</v>
+      </c>
+      <c r="B18" s="50" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C18" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D18" s="51">
+        <v>45548</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+      <c r="A19" s="57" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B19" s="50" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C19" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D19" s="51">
+        <v>45548</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A20" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C20" s="50" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A21" s="58" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B21" s="59"/>
+      <c r="C21" s="59" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D21" s="60">
+        <v>45573</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A22" s="58" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B22" s="59" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C22" s="59" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D22" s="60">
+        <v>45576</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A23" s="58" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B23" s="59" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C23" s="59" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D23" s="60">
+        <v>45583</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A24" s="58" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B24" s="59" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C24" s="59" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D24" s="60">
+        <v>45588</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A26" s="55" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B26" s="50" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C26" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D26" s="51">
+        <v>45602</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+      <c r="A27" s="56" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B27" s="50"/>
+      <c r="C27" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D27" s="51">
+        <v>45619</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A28" s="56" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B28" s="50"/>
+      <c r="C28" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D28" s="51">
+        <v>45619</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A29" s="56" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B29" s="50"/>
+      <c r="C29" s="50"/>
+      <c r="D29" s="51">
+        <v>45619</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A30" s="56" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B30" s="50"/>
+      <c r="C30" s="50" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D30" s="51">
+        <v>45619</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A31" s="56" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B31" s="50"/>
+      <c r="C31" s="50" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D31" s="51">
+        <v>45621</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A32" s="56" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B32" s="50"/>
+      <c r="C32" s="50" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D32" s="51">
+        <v>45621</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A33" s="56" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B33" s="50"/>
+      <c r="C33" s="50" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D33" s="51">
+        <v>45633</v>
+      </c>
+      <c r="E33" s="50"/>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A34" s="56" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B34" s="50"/>
+      <c r="C34" s="50" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D34" s="51">
+        <v>45633</v>
+      </c>
+      <c r="E34" s="50"/>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A35" s="56" t="s">
+        <v>2142</v>
+      </c>
+      <c r="B35" s="50"/>
+      <c r="C35" s="50" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D35" s="51">
+        <v>45633</v>
+      </c>
+      <c r="E35" s="50"/>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A36" s="50" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B36" s="50"/>
+      <c r="C36" s="50" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D36" s="51">
+        <v>45633</v>
+      </c>
+      <c r="E36" s="50"/>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A37" s="56" t="s">
+        <v>245</v>
+      </c>
+      <c r="B37" s="50"/>
+      <c r="C37" s="50" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D37" s="51">
+        <v>45633</v>
+      </c>
+      <c r="E37" s="50"/>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A38" s="56" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B38" s="50"/>
+      <c r="C38" s="50" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D38" s="51">
+        <v>45633</v>
+      </c>
+      <c r="E38" s="50"/>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A39" s="50" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B39" s="50"/>
+      <c r="C39" s="50" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D39" s="51">
+        <v>45634</v>
+      </c>
+      <c r="E39" s="50"/>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A40" s="50" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B40" s="50"/>
+      <c r="C40" s="50" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D40" s="51">
+        <v>45634</v>
+      </c>
+      <c r="E40" s="50"/>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A41" s="61" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B41" s="50"/>
+      <c r="C41" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D41" s="51">
+        <v>45635</v>
+      </c>
+      <c r="E41" s="50"/>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A42" s="61" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B42" s="61"/>
+      <c r="C42" s="61" t="s">
+        <v>2150</v>
+      </c>
+      <c r="D42" s="51">
+        <v>45635</v>
+      </c>
+      <c r="E42" s="50"/>
+    </row>
+    <row r="43" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+      <c r="A43" s="61" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B43" s="61"/>
+      <c r="C43" s="61" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D43" s="51">
+        <v>45635</v>
+      </c>
+      <c r="E43" s="50"/>
+    </row>
+    <row r="44" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+      <c r="A44" s="61" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B44" s="50"/>
+      <c r="C44" s="61" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D44" s="51">
+        <v>45635</v>
+      </c>
+      <c r="E44" s="50"/>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A45" s="56" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B45" s="50"/>
+      <c r="C45" s="55" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D45" s="51">
+        <v>45635</v>
+      </c>
+      <c r="E45" s="50"/>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A46" s="56" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B46" s="50"/>
+      <c r="C46" s="50" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D46" s="51">
+        <v>45635</v>
+      </c>
+      <c r="E46" s="50"/>
+    </row>
+    <row r="47" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+      <c r="A47" s="56" t="s">
+        <v>2157</v>
+      </c>
+      <c r="B47" s="50"/>
+      <c r="C47" s="50" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D47" s="51">
+        <v>45635</v>
+      </c>
+      <c r="E47" s="50"/>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A48" s="56" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B48" s="50"/>
+      <c r="C48" s="50" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D48" s="51">
+        <v>45638</v>
+      </c>
+      <c r="E48" s="50"/>
+    </row>
+    <row r="49" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+      <c r="A49" s="56" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B49" s="50"/>
+      <c r="C49" s="50" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D49" s="51">
+        <v>45639</v>
+      </c>
+      <c r="E49" s="50"/>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A50" s="50" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B50" s="50"/>
+      <c r="C50" s="50" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D50" s="51">
+        <v>45641</v>
+      </c>
+      <c r="E50" s="50"/>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A51" s="50" t="s">
+        <v>2163</v>
+      </c>
+      <c r="B51" s="50" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C51" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D51" s="51">
+        <v>45641</v>
+      </c>
+      <c r="E51" s="50"/>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A52" s="62" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B52" s="62" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C52" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D52" s="47">
+        <v>45672</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A53" s="62" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B53" s="62" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C53" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D53" s="47">
+        <v>45673</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A54" s="62" t="s">
+        <v>2166</v>
+      </c>
+      <c r="B54" s="62" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C54" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D54" s="47">
+        <v>45674</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A55" s="62" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B55" s="62" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C55" s="50" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D55" s="47">
+        <v>45675</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A57" s="25" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B57" s="59" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C57" s="59" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D57" s="60">
+        <v>45691</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A58" s="58" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B58" s="59" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C58" s="59"/>
+      <c r="D58" s="59"/>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A59" s="58" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B59" s="59" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C59" s="59" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D59" s="59"/>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A60" s="25" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B60" s="25"/>
+      <c r="C60" s="25" t="s">
+        <v>2171</v>
+      </c>
+      <c r="D60" s="25"/>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A61" s="25" t="s">
+        <v>2172</v>
+      </c>
+      <c r="B61" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C61" s="25" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D61" s="39">
+        <v>45706</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A62" s="25" t="s">
+        <v>2174</v>
+      </c>
+      <c r="B62" s="25" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C62" s="25"/>
+      <c r="D62" s="39">
+        <v>45708</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A63" s="25" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B63" s="59"/>
+      <c r="C63" s="59" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D63" s="60">
+        <v>45727</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A64" s="25" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B64" s="59"/>
+      <c r="C64" s="59" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D64" s="60">
+        <v>45721</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A65" s="25" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B65" s="59"/>
+      <c r="C65" s="59" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D65" s="60">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A66" s="32" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B66" s="59"/>
+      <c r="C66" s="59" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D66" s="60">
+        <v>45748</v>
+      </c>
+      <c r="E66" s="59"/>
+      <c r="F66" s="25"/>
+    </row>
+    <row r="67" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A67" s="25" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B67" s="59"/>
+      <c r="C67" s="32" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D67" s="60">
+        <v>45749</v>
+      </c>
+      <c r="E67" s="59"/>
+      <c r="F67" s="25"/>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A68" s="25" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B68" s="25"/>
+      <c r="C68" s="25" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D68" s="39">
+        <v>45797</v>
+      </c>
+      <c r="E68" s="39"/>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A69" s="32" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B69" s="25"/>
+      <c r="C69" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D69" s="39">
+        <v>45799</v>
+      </c>
+      <c r="E69" s="39"/>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A70" s="25" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B70" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C70" s="25"/>
+      <c r="D70" s="39">
+        <v>45870</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A71" s="25" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B71" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C71" s="25"/>
+      <c r="D71" s="39">
+        <v>45875</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A72" s="25" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B72" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C72" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D72" s="39">
+        <v>45878</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A73" s="25" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B73" s="25" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C73" s="25"/>
+      <c r="D73" s="39">
+        <v>45878</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A74" s="25" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B74" s="25" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C74" s="25"/>
+      <c r="D74" s="39">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A75" s="25" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B75" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C75" s="25"/>
+      <c r="D75" s="39">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A76" s="25" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B76" s="25" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C76" s="32"/>
+      <c r="D76" s="39">
+        <v>45908</v>
+      </c>
+      <c r="E76" s="25"/>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A77" s="25" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B77" s="25" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C77" s="32" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D77" s="39">
+        <v>45909</v>
+      </c>
+      <c r="E77" s="25"/>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A78" s="25" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B78" s="25" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C78" s="32"/>
+      <c r="D78" s="39">
+        <v>45919</v>
+      </c>
+      <c r="E78" s="25"/>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A79" s="25" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B79" s="25" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C79" s="32"/>
+      <c r="D79" s="39">
+        <v>45926</v>
+      </c>
+      <c r="E79" s="25"/>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A80" s="25" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B80" s="25" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C80" s="32"/>
+      <c r="D80" s="39">
+        <v>45926</v>
+      </c>
+      <c r="E80" s="25"/>
+    </row>
+    <row r="81" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+      <c r="A81" s="25" t="s">
+        <v>2191</v>
+      </c>
+      <c r="B81" s="25" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C81" s="32" t="s">
+        <v>2192</v>
+      </c>
+      <c r="D81" s="39">
+        <v>45929</v>
+      </c>
+      <c r="E81" s="25"/>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A82" s="25" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B82" s="25" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C82" s="32"/>
+      <c r="D82" s="39">
+        <v>45929</v>
+      </c>
+      <c r="E82" s="25"/>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A83" s="25" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B83" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C83" s="32" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D83" s="39">
+        <v>45929</v>
+      </c>
+      <c r="E83" s="25"/>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A84" s="25" t="s">
+        <v>2196</v>
+      </c>
+      <c r="B84" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C84" s="32" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D84" s="39">
+        <v>45930</v>
+      </c>
+      <c r="E84" s="25"/>
+    </row>
+    <row r="85" spans="1:5" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A85" s="35" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B85" s="25"/>
+      <c r="C85" s="35" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D85" s="44">
+        <v>45901</v>
+      </c>
+      <c r="E85" s="25"/>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A86" s="25" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B86" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C86" s="32"/>
+      <c r="D86" s="39">
+        <v>45932</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A87" s="25" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B87" s="25" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C87" s="32" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D87" s="39">
+        <v>45934</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A88" s="25" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B88" s="25" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C88" s="32" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D88" s="39">
+        <v>45934</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A89" s="25" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B89" s="25" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C89" s="32" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D89" s="39">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A90" s="25" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B90" s="25" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C90" s="32" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D90" s="39">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A91" s="25" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B91" s="25" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C91" s="32"/>
+      <c r="D91" s="39">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A92" s="25" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B92" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C92" s="32"/>
+      <c r="D92" s="39">
+        <v>45940</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A93" s="25" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B93" s="25" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C93" s="32" t="s">
+        <v>2211</v>
+      </c>
+      <c r="D93" s="39">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A94" s="25" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B94" s="25" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C94" s="32"/>
+      <c r="D94" s="39">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+      <c r="A95" s="25" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B95" s="25" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C95" s="32" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D95" s="39">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A96" s="25" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B96" s="25" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C96" s="32"/>
+      <c r="D96" s="39">
+        <v>45946</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+      <c r="A97" s="25" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B97" s="25" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C97" s="32" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D97" s="39">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+      <c r="A98" s="25" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B98" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C98" s="32" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D98" s="39">
+        <v>45955</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A99" s="25" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B99" s="25" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C99" s="32" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D99" s="39">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A100" s="25" t="s">
+        <v>2221</v>
+      </c>
+      <c r="B100" s="25" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C100" s="32"/>
+      <c r="D100" s="39">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A101" s="25" t="s">
+        <v>2222</v>
+      </c>
+      <c r="B101" s="25" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C101" s="32"/>
+      <c r="D101" s="39">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A102" s="25" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B102" s="25" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C102" s="32"/>
+      <c r="D102" s="39">
+        <v>45987</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+      <c r="A103" s="25" t="s">
+        <v>2225</v>
+      </c>
+      <c r="B103" s="25" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C103" s="32" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D103" s="39">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A104" s="25" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B104" s="25" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C104" s="32"/>
+      <c r="D104" s="39">
+        <v>45971</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A105" s="25" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B105" s="25" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C105" s="32" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D105" s="39">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A106" s="25" t="s">
+        <v>2230</v>
+      </c>
+      <c r="B106" s="25" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C106" s="32"/>
+      <c r="D106" s="39">
+        <v>45979</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A107" s="25" t="s">
+        <v>2231</v>
+      </c>
+      <c r="B107" s="25" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C107" s="32" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D107" s="39">
+        <v>45979</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A108" s="25" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B108" s="25"/>
+      <c r="C108" s="25"/>
+      <c r="D108" s="39">
+        <v>46005</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A109" s="25" t="s">
+        <v>2233</v>
+      </c>
+      <c r="B109" s="25" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C109" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D109" s="39">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A110" s="25" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C110" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D110" s="69">
+        <v>46008</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:A109" xr:uid="{95E53369-D2C6-4E05-92F8-4DA56AB22950}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E22"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F55E23F1-D468-45B6-B684-5C08EE66073E}">
+  <dimension ref="A1:D219"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection sqref="A1:D1"/>
+    <sheetView topLeftCell="A178" workbookViewId="0">
+      <selection activeCell="A201" sqref="A201"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="21" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="51.81640625" customWidth="1"/>
+    <col min="2" max="2" width="21.453125" customWidth="1"/>
+    <col min="3" max="3" width="27.54296875" customWidth="1"/>
+    <col min="4" max="4" width="29.6328125" style="68" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      <c r="D3" s="9">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A1" s="48" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B1" s="48" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C1" s="48" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D1" s="63" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A2" s="25" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B2" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C2" s="25"/>
+      <c r="D2" s="45">
+        <v>45870</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A3" s="25" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B3" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C3" s="25"/>
+      <c r="D3" s="45">
+        <v>45875</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A4" s="25" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B4" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C4" s="25"/>
+      <c r="D4" s="45">
+        <v>45878</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A5" s="25" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B5" s="25" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C5" s="25"/>
+      <c r="D5" s="45">
+        <v>45878</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A6" s="25" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B6" s="25" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C6" s="25"/>
+      <c r="D6" s="45">
+        <v>45883</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A7" s="25" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B7" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C7" s="25"/>
+      <c r="D7" s="45">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A8" s="25" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B8" s="25"/>
+      <c r="C8" s="25" t="s">
+        <v>701</v>
+      </c>
+      <c r="D8" s="45">
+        <v>45072</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A9" s="25" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B9" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C9" s="25" t="s">
+        <v>701</v>
+      </c>
+      <c r="D9" s="45">
+        <v>45072</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A10" s="25" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B10" s="25"/>
+      <c r="C10" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D10" s="45">
+        <v>45072</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A11" s="64" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="25" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D11" s="45">
+        <v>45072</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A12" s="25" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B12" s="25"/>
+      <c r="C12" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D12" s="45">
+        <v>45057</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A13" s="25" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B13" s="25" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C13" s="25" t="s">
+        <v>701</v>
+      </c>
+      <c r="D13" s="45">
+        <v>45057</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A14" s="25" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B14" s="25"/>
+      <c r="C14" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D14" s="45">
+        <v>45063</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A15" s="25" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D15" s="45">
+        <v>45072</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A16" s="25" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B16" s="25"/>
+      <c r="C16" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D16" s="45">
+        <v>45068</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A17" s="25" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B17" s="25" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C17" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D17" s="45">
+        <v>45048</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A18" s="25" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B18" s="25" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C18" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D18" s="45">
+        <v>45051</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A19" s="25" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B19" s="25" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C19" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D19" s="45">
+        <v>45049</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A20" s="25" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B20" s="25" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C20" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D20" s="45">
+        <v>45063</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A21" s="25" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B21" s="25" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C21" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D21" s="45">
+        <v>45058</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A22" s="25" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B22" s="25" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C22" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D22" s="45">
+        <v>45051</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A23" s="25" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B23" s="25" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C23" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D23" s="45">
+        <v>45051</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A24" s="25" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B24" s="25"/>
+      <c r="C24" s="25" t="s">
+        <v>701</v>
+      </c>
+      <c r="D24" s="45">
+        <v>45071</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A25" s="25" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B25" s="25"/>
+      <c r="C25" s="25" t="s">
+        <v>701</v>
+      </c>
+      <c r="D25" s="45">
+        <v>45065</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A26" s="25" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B26" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C26" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D26" s="45">
+        <v>45079</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A27" s="25" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B27" s="25" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C27" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D27" s="45">
+        <v>45079</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A28" s="25" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B28" s="25" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C28" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D28" s="45">
+        <v>45079</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A29" s="25" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B29" s="25" t="s">
+        <v>822</v>
+      </c>
+      <c r="C29" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D29" s="45">
+        <v>45083</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A30" s="25" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B30" s="25" t="s">
+        <v>822</v>
+      </c>
+      <c r="C30" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D30" s="45">
+        <v>45083</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A31" s="25" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B31" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C31" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D31" s="45">
+        <v>45083</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A32" s="25" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B32" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C32" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D32" s="45">
+        <v>45083</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A33" s="25" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B33" s="25" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C33" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D33" s="45">
+        <v>45083</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A34" s="25" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B34" s="25" t="s">
+        <v>822</v>
+      </c>
+      <c r="C34" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D34" s="45">
+        <v>45083</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A35" s="25" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B35" s="25" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C35" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D35" s="45">
+        <v>45083</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A36" s="25" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B36" s="25" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C36" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D36" s="45">
+        <v>45083</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A37" s="25" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B37" s="25" t="s">
+        <v>822</v>
+      </c>
+      <c r="C37" s="25" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D37" s="45">
+        <v>45083</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A38" s="25" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B38" s="25" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C38" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D38" s="45">
+        <v>45089</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A39" s="25" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B39" s="25" t="s">
+        <v>822</v>
+      </c>
+      <c r="C39" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D39" s="45">
+        <v>45089</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A40" s="25" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B40" s="25"/>
+      <c r="C40" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D40" s="45">
+        <v>45089</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A41" s="25" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B41" s="25"/>
+      <c r="C41" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D41" s="45">
+        <v>45089</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A42" s="25" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B42" s="25"/>
+      <c r="C42" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D42" s="45">
+        <v>45092</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A43" s="25" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B43" s="25"/>
+      <c r="C43" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D43" s="45">
+        <v>45093</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A44" s="25" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B44" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C44" s="25" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D44" s="45">
+        <v>45096</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A45" s="25" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B45" s="25"/>
+      <c r="C45" s="25" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D45" s="45">
+        <v>45096</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A46" s="25" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B46" s="25" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C46" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D46" s="45">
+        <v>45096</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A47" s="25" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B47" s="25" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C47" s="25" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D47" s="45">
+        <v>45096</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A48" s="25" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B48" s="25" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C48" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D48" s="45">
+        <v>45096</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A49" s="25" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B49" s="25" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C49" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D49" s="45">
+        <v>45100</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A50" s="25" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B50" s="25"/>
+      <c r="C50" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D50" s="45">
+        <v>45100</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A51" s="25" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B51" s="25" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C51" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D51" s="45">
+        <v>45100</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A52" s="25" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B52" s="25" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C52" s="25" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D52" s="45">
+        <v>45100</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A53" s="25" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B53" s="25"/>
+      <c r="C53" s="25" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D53" s="45">
+        <v>45100</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A54" s="25" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B54" s="25" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C54" s="25" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D54" s="45">
+        <v>45100</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A55" s="25" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B55" s="25"/>
+      <c r="C55" s="25" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D55" s="45">
+        <v>45100</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A56" s="25" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B56" s="25"/>
+      <c r="C56" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D56" s="45">
+        <v>45094</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A57" s="40" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B57" s="25"/>
+      <c r="C57" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D57" s="45">
+        <v>45094</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A58" s="40" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B58" s="25"/>
+      <c r="C58" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D58" s="45">
+        <v>45094</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A59" s="40" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B59" s="25"/>
+      <c r="C59" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D59" s="45">
+        <v>45094</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A60" s="25" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B60" s="25" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C60" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D60" s="45">
+        <v>45082</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A61" s="25" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B61" s="25" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C61" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D61" s="45">
+        <v>45082</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A62" s="25" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B62" s="25" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C62" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D62" s="45">
+        <v>45111</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A63" s="25" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B63" s="25" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C63" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D63" s="45">
+        <v>45112</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A64" s="25" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B64" s="25" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C64" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D64" s="45">
+        <v>45121</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A65" s="25" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B65" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C65" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D65" s="45">
+        <v>45121</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A66" s="25" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B66" s="25" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C66" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D66" s="45">
+        <v>45121</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A67" s="25" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B67" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C67" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D67" s="45">
+        <v>45121</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A68" s="25" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B68" s="25" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C68" s="25" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D68" s="45">
+        <v>45121</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A69" s="25" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B69" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C69" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D69" s="45">
+        <v>45126</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A70" s="25" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B70" s="25" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C70" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D70" s="45">
+        <v>45126</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A71" s="25" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B71" s="25" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C71" s="25" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D71" s="45">
+        <v>45126</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A72" s="25" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B72" s="25" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C72" s="25" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D72" s="45">
+        <v>45126</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A73" s="25" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B73" s="25" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C73" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D73" s="45">
+        <v>45127</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A74" s="25" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B74" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C74" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D74" s="45">
+        <v>45127</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A75" s="25" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B75" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C75" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D75" s="45">
+        <v>45127</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A76" s="25" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B76" s="25" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C76" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D76" s="45">
+        <v>45127</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A77" s="25" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B77" s="25" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C77" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D77" s="45">
+        <v>45128</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A78" s="25" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B78" s="25" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C78" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D78" s="45">
+        <v>45128</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A79" s="40" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B79" s="25"/>
+      <c r="C79" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D79" s="45">
+        <v>45134</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A80" s="25" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B80" s="25"/>
+      <c r="C80" s="25" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D80" s="45">
+        <v>45137</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A81" s="25" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B81" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C81" s="25" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D81" s="45">
+        <v>45139</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A82" s="25" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B82" s="25" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C82" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D82" s="45">
+        <v>45139</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A83" s="25" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B83" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C83" s="25" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D83" s="45">
+        <v>45139</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A84" s="25" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B84" s="25" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C84" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D84" s="45">
+        <v>45139</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A85" s="25" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B85" s="25" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C85" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D85" s="45">
+        <v>45139</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A86" s="25" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B86" s="25" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C86" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D86" s="45">
+        <v>45139</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A87" s="25" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B87" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C87" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D87" s="45">
+        <v>45139</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A88" s="25" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B88" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C88" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D88" s="45">
+        <v>45139</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A89" s="25" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B89" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C89" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D89" s="45">
+        <v>45139</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A90" s="25" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B90" s="25" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C90" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D90" s="45">
+        <v>45140</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A91" s="25" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B91" s="25" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C91" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D91" s="45">
+        <v>45140</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A92" s="25" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B92" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C92" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D92" s="45">
+        <v>45140</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A93" s="41" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B93" s="25" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C93" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D93" s="45">
+        <v>45140</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A94" s="25" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B94" s="25" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C94" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D94" s="45">
+        <v>45140</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A95" s="25" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B95" s="25" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C95" s="25" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D95" s="45">
+        <v>45140</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A96" s="25" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B96" s="25" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C96" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D96" s="45">
+        <v>45142</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A97" s="25" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B97" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C97" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D97" s="45">
+        <v>45142</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A98" s="25" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B98" s="25" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C98" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D98" s="45">
+        <v>45142</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A99" s="25" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B99" s="25" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C99" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D99" s="45">
+        <v>45142</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A100" s="25" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B100" s="25" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C100" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D100" s="45">
+        <v>45145</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A101" s="25" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B101" s="25" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C101" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D101" s="45">
+        <v>45146</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A102" s="25" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B102" s="25" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C102" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D102" s="45">
+        <v>45146</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A103" s="25" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B103" s="25" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C103" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D103" s="45">
+        <v>45146</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A104" s="25" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B104" s="25" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C104" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D104" s="45">
+        <v>45146</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A105" s="25" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B105" s="25" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C105" s="25" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D105" s="45">
+        <v>45146</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A106" s="25" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B106" s="25" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C106" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D106" s="45">
+        <v>45146</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A107" s="25" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B107" s="25" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C107" s="25" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D107" s="45">
+        <v>45146</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A108" s="25" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B108" s="25"/>
+      <c r="C108" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D108" s="45">
+        <v>45132</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A109" s="25" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B109" s="25" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C109" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D109" s="45">
+        <v>45132</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A110" s="25" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B110" s="25" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C110" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D110" s="45">
+        <v>45132</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A111" s="25" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B111" s="25" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C111" s="25" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D111" s="45">
+        <v>45132</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A112" s="41" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B112" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C112" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D112" s="45">
+        <v>45168</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A113" s="25" t="s">
+        <v>1976</v>
+      </c>
+      <c r="B113" s="25" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C113" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D113" s="45">
+        <v>45147</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A114" s="25" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B114" s="25" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C114" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D114" s="45">
+        <v>45163</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A115" s="25" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B115" s="25" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C115" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D115" s="45">
+        <v>45147</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A116" s="25" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B116" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C116" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D116" s="45">
+        <v>45160</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A117" s="25" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B117" s="25" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C117" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D117" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A118" s="25" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B118" s="25" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C118" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D118" s="45">
+        <v>45160</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A119" s="25" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B119" s="25" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C119" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D119" s="45">
+        <v>45163</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A120" s="25" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B120" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C120" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D120" s="45">
+        <v>45163</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A121" s="25" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B121" s="25" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C121" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D121" s="45">
+        <v>45147</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A122" s="25" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B122" s="25" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C122" s="25" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D122" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A123" s="25" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B123" s="25" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C123" s="25" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D123" s="45">
+        <v>45164</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A124" s="25" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B124" s="25" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C124" s="25" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D124" s="45">
+        <v>45166</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A125" s="25" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B125" s="25" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C125" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D125" s="45">
+        <v>45164</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A126" s="25" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B126" s="25" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C126" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D126" s="45">
+        <v>45508</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A127" s="25" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B127" s="25" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C127" s="25" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D127" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A128" s="25" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B128" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C128" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D128" s="45">
+        <v>45147</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A129" s="42" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B129" s="25" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C129" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D129" s="45">
+        <v>45160</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A130" s="25" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B130" s="25"/>
+      <c r="C130" s="25" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D130" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A131" s="25" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B131" s="25" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C131" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D131" s="45">
+        <v>45147</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A132" s="25" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B132" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C132" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D132" s="45">
+        <v>45168</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A133" s="25" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B133" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C133" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D133" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A134" s="25" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B134" s="25" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C134" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D134" s="45">
+        <v>45152</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A135" s="25" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B135" s="25" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C135" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D135" s="45">
+        <v>45147</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A136" s="25" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B136" s="25" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C136" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D136" s="45">
+        <v>45508</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A137" s="25" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B137" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C137" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D137" s="45">
+        <v>45147</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A138" s="25" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B138" s="25" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C138" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D138" s="45">
+        <v>45164</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A139" s="25" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B139" s="25" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C139" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D139" s="45">
+        <v>45160</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A140" s="25" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B140" s="25" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C140" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D140" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A141" s="25" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B141" s="25" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C141" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D141" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A142" s="25" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B142" s="25" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C142" s="25" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D142" s="45">
+        <v>45169</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A143" s="25" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B143" s="25" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C143" s="25" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D143" s="45">
+        <v>45166</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A144" s="25" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B144" s="25"/>
+      <c r="C144" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D144" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A145" s="25" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B145" s="25"/>
+      <c r="C145" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D145" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A146" s="25" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B146" s="25" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C146" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D146" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A147" s="25" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B147" s="25" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C147" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D147" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A148" s="25" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B148" s="25" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C148" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D148" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A149" s="25" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B149" s="25" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C149" s="25" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D149" s="45">
+        <v>45148</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A150" s="25" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B150" s="25" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C150" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D150" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A151" s="25" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B151" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C151" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D151" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A152" s="25" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B152" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C152" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D152" s="45">
+        <v>45160</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A153" s="41" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B153" s="25" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C153" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D153" s="45">
+        <v>45168</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A154" s="25" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B154" s="25"/>
+      <c r="C154" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D154" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A155" s="25" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B155" s="25" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C155" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D155" s="45">
+        <v>45149</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A156" s="25" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B156" s="25" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C156" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D156" s="45">
+        <v>45168</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A157" s="25" t="s">
+        <v>2028</v>
+      </c>
+      <c r="B157" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C157" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D157" s="45">
+        <v>45025</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A158" s="25" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B158" s="25" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C158" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D158" s="45">
+        <v>45025</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A159" s="25" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B159" s="25" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C159" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D159" s="45">
+        <v>45025</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A160" s="25" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B160" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C160" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D160" s="45">
+        <v>45182</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A161" s="25" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B161" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C161" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D161" s="45">
+        <v>45189</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A162" s="25" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B162" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C162" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D162" s="45">
+        <v>45189</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A163" s="25" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B163" s="25" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C163" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D163" s="45">
+        <v>45189</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A164" s="25" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B164" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C164" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D164" s="45">
+        <v>45194</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A165" s="25" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B165" s="25" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C165" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D165" s="45">
+        <v>45194</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A166" s="25" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B166" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C166" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D166" s="45">
+        <v>45184</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A167" s="25" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B167" s="25" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C167" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D167" s="45">
+        <v>45183</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A168" s="25" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B168" s="25" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C168" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D168" s="45">
+        <v>45183</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A169" s="25" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B169" s="25" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C169" s="25" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D169" s="45">
+        <v>45055</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A170" s="42" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B170" s="36" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C170" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D170" s="43">
+        <v>45229</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A171" s="42" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B171" s="25" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C171" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D171" s="43">
+        <v>45229</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A172" s="42" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B172" s="25" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C172" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D172" s="43">
+        <v>45229</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A173" s="42" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B173" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C173" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D173" s="43">
+        <v>45225</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A174" s="42" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B174" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C174" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D174" s="43">
+        <v>45225</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A175" s="42" t="s">
+        <v>2048</v>
+      </c>
+      <c r="B175" s="25" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C175" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D175" s="43">
+        <v>45225</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A176" s="42" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B176" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C176" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D176" s="43">
+        <v>45225</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A177" s="42" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B177" s="25" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C177" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D177" s="43">
+        <v>45225</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A178" s="42" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B178" s="25" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C178" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D178" s="43">
+        <v>45225</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A179" s="42" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B179" s="25" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C179" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D179" s="43">
+        <v>45225</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A180" s="42" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B180" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C180" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D180" s="43">
+        <v>45225</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A181" s="42" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B181" s="25" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C181" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D181" s="43">
+        <v>45220</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A182" s="42" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B182" s="25" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C182" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D182" s="43">
+        <v>45220</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A183" s="42" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B183" s="25" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C183" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D183" s="43">
+        <v>45220</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A184" s="42" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B184" s="25" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C184" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D184" s="43">
+        <v>45218</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A185" s="42" t="s">
+        <v>2060</v>
+      </c>
+      <c r="B185" s="25" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C185" s="25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D185" s="43">
+        <v>45056</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A186" s="42" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B186" s="25" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C186" s="25" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D186" s="43">
+        <v>44995</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A187" s="46" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B187" s="41" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C187" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D187" s="43">
+        <v>45259</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A188" s="25" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B188" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C188" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D188" s="43">
         <v>45210</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D4" s="9">
+    <row r="189" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A189" s="25" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B189" s="25" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C189" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D189" s="43">
         <v>45210</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D5" s="9">
+    <row r="190" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A190" s="25" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B190" s="25" t="s">
+        <v>822</v>
+      </c>
+      <c r="C190" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D190" s="43">
         <v>45210</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D6" s="9">
+    <row r="191" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A191" s="25" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B191" s="25" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C191" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D191" s="43">
         <v>45210</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D7" s="9">
+    <row r="192" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A192" s="25" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B192" s="25" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C192" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D192" s="43">
         <v>45210</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D8" s="9">
+    <row r="193" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A193" s="25" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B193" s="25" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C193" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D193" s="43">
         <v>45210</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D9" s="9">
+    <row r="194" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A194" s="25" t="s">
+        <v>2072</v>
+      </c>
+      <c r="B194" s="25" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C194" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D194" s="43">
         <v>45210</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D10" s="9">
+    <row r="195" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A195" s="25" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B195" s="25" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C195" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D195" s="43">
         <v>45210</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D11" s="9">
+    <row r="196" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A196" s="25" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B196" s="25" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C196" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D196" s="43">
         <v>45180</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D12" s="9">
+    <row r="197" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A197" s="25" t="s">
+        <v>2075</v>
+      </c>
+      <c r="B197" s="25" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C197" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D197" s="43">
         <v>45180</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D13" s="9">
+    <row r="198" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A198" s="25" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B198" s="25" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C198" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D198" s="43">
         <v>45180</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D14" s="9">
+    <row r="199" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A199" s="25" t="s">
+        <v>2078</v>
+      </c>
+      <c r="B199" s="25" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C199" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D199" s="43">
         <v>45118</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D15" s="9">
+    <row r="200" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A200" s="25" t="s">
+        <v>2079</v>
+      </c>
+      <c r="B200" s="25" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C200" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D200" s="43">
         <v>45118</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D16" s="9">
+    <row r="201" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A201" s="25" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B201" s="25" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C201" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D201" s="43">
         <v>44968</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D17" s="9">
+    <row r="202" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A202" s="25" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B202" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C202" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D202" s="43">
         <v>44968</v>
       </c>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D18" s="9">
+    <row r="203" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A203" s="25" t="s">
+        <v>2082</v>
+      </c>
+      <c r="B203" s="25" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C203" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D203" s="43">
         <v>44968</v>
       </c>
     </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D19" s="9">
+    <row r="204" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A204" s="25" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B204" s="25" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C204" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D204" s="43">
         <v>44968</v>
       </c>
     </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D20" s="9">
+    <row r="205" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A205" s="25" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B205" s="25" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C205" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D205" s="43">
         <v>44968</v>
       </c>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>310</v>
+    <row r="206" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A206" s="46" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B206" s="41" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C206" s="25" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D206" s="43">
+        <v>45267</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A207" s="25" t="s">
+        <v>2087</v>
+      </c>
+      <c r="B207" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C207" s="32" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D207" s="43">
+        <v>45268</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A208" s="25" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B208" s="25" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C208" s="25" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D208" s="43">
+        <v>45272</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A209" s="25" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B209" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C209" s="25" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D209" s="43">
+        <v>45272</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A210" s="25" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B210" s="25"/>
+      <c r="C210" s="25" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D210" s="43">
+        <v>45273</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A211" s="25" t="s">
+        <v>2093</v>
+      </c>
+      <c r="B211" s="25"/>
+      <c r="C211" s="25" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D211" s="43">
+        <v>45274</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A212" s="25" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B212" s="25" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C212" s="25" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D212" s="43">
+        <v>45275</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A213" s="25" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B213" s="25"/>
+      <c r="C213" s="25" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D213" s="43">
+        <v>45276</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A214" s="65" t="s">
+        <v>2097</v>
+      </c>
+      <c r="B214" s="65" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C214" s="65" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D214" s="66">
+        <v>45361</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A215" s="65" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B215" s="65" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C215" s="65" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D215" s="66">
+        <v>45361</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A216" s="65" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B216" s="65" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C216" s="65" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D216" s="66">
+        <v>45356</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A217" s="67" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B217" s="65" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C217" s="65" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D217" s="66">
+        <v>45363</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A218" s="52" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B218" s="65" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C218" s="65" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D218" s="66">
+        <v>45369</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A219" s="67" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B219" s="65" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C219" s="65" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D219" s="66">
+        <v>45369</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D9"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA8C3C1C-BA1B-46AE-A9AC-A5BC029748EA}">
+  <dimension ref="A1:D5"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="B8" sqref="B8"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="35.5703125" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="4" width="28.1796875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-        <v>120</v>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A1" s="48" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B1" s="48" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C1" s="48" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D1" s="48" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A2" t="s">
+        <v>2234</v>
       </c>
       <c r="C2" t="s">
-        <v>181</v>
-[...5 lines deleted...]
-    <row r="3" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+        <v>1858</v>
+      </c>
+      <c r="D2" s="73">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>312</v>
-[...11 lines deleted...]
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2235</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D3" s="73">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>2236</v>
       </c>
       <c r="C4" t="s">
-        <v>286</v>
-[...5 lines deleted...]
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1858</v>
+      </c>
+      <c r="D4" s="73">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>315</v>
-[...55 lines deleted...]
-        <v>45276</v>
+        <v>2237</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...339 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>23</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="23" baseType="lpstr">
-[...22 lines deleted...]
-      <vt:lpstr> Total Trees Removed </vt:lpstr>
+    <vt:vector size="9" baseType="lpstr">
+      <vt:lpstr>2016-2017</vt:lpstr>
+      <vt:lpstr>2017-2018</vt:lpstr>
+      <vt:lpstr>2018-2019</vt:lpstr>
+      <vt:lpstr>2020-2021</vt:lpstr>
+      <vt:lpstr>2021-2022</vt:lpstr>
+      <vt:lpstr>2022-2023</vt:lpstr>
+      <vt:lpstr>2024-2025</vt:lpstr>
+      <vt:lpstr>2023-2024</vt:lpstr>
+      <vt:lpstr>2025-2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Debbie Warden</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>