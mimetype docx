--- v0 (2025-10-24)
+++ v1 (2026-03-06)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="75297D10" w14:textId="77777777" w:rsidR="003F26D4" w:rsidRDefault="003F26D4" w:rsidP="003F26D4">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00527DC9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="475CEA9B" wp14:editId="52A11A31">
             <wp:extent cx="2785166" cy="637031"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="13" name="Image 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Image 3"/>
                     <pic:cNvPicPr/>
@@ -150,59 +150,51 @@
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00745792">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>LONDON BOROUGH OF HAVERING HOUSING SERVICES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A057CDB" w14:textId="71D94458" w:rsidR="003F26D4" w:rsidRDefault="009A6177" w:rsidP="003F26D4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>E</w:t>
-[...7 lines deleted...]
-        <w:t>xtra Care</w:t>
+        <w:t>Extra Care</w:t>
       </w:r>
       <w:r w:rsidR="003F26D4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Questionnaire </w:t>
       </w:r>
       <w:r w:rsidR="00D1600B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="003F26D4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D1600B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -448,51 +440,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="30C5D016">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="30C5D016">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="34"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="30C5D016">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>possible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A760F7E" w14:textId="4D6C21E1" w:rsidR="003F26D4" w:rsidRPr="00745792" w:rsidRDefault="003F26D4" w:rsidP="30C5D016">
+    <w:p w14:paraId="0A760F7E" w14:textId="4DB29F1E" w:rsidR="003F26D4" w:rsidRPr="00745792" w:rsidRDefault="003F26D4" w:rsidP="30C5D016">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="30C5D016">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">If you have difficulty completing this </w:t>
       </w:r>
       <w:r w:rsidR="0AB80EAD" w:rsidRPr="30C5D016">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>form,</w:t>
       </w:r>
       <w:r w:rsidRPr="30C5D016">
         <w:rPr>
           <w:b/>
@@ -505,56 +497,56 @@
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="30C5D016">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>01708 434130 or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="30C5D016">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>email:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9">
-        <w:r w:rsidRPr="30C5D016">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="0057036E" w:rsidRPr="008F24EA">
           <w:rPr>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>housingneeds@havering.gov.uk</w:t>
+          <w:t>housingapplications@havering.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00745792">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E3D1DC0" w14:textId="6F350184" w:rsidR="003F26D4" w:rsidRPr="00745792" w:rsidRDefault="003F26D4" w:rsidP="003F26D4">
       <w:pPr>
         <w:ind w:left="107"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00745792">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>PLEASE</w:t>
@@ -2668,93 +2660,93 @@
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F9E2FC1" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00626ACF" w:rsidRDefault="00104B92" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>arried</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="529AF354" w14:textId="18C06A31" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="529AF354" w14:textId="18C06A31" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1766450691"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0032788A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D75ACCB" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="1D75ACCB" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1197281958"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00104B92" w:rsidRPr="00CD63F3">
@@ -2790,93 +2782,93 @@
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73B1BBC9" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00626ACF" w:rsidRDefault="00104B92" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>ivorced</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="047DFDF7" w14:textId="05E780C3" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="047DFDF7" w14:textId="05E780C3" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1455320020"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0032788A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7084AE97" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="7084AE97" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1251191114"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00104B92" w:rsidRPr="00CD63F3">
@@ -2906,93 +2898,93 @@
       <w:tr w:rsidR="00104B92" w:rsidRPr="00626ACF" w14:paraId="764FE3CD" w14:textId="77777777" w:rsidTr="14428019">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26DEAB4F" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00626ACF" w:rsidRDefault="00104B92" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Separated</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="475EC799" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="475EC799" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-562181126"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00104B92" w:rsidRPr="00CD63F3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1C0084" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="1A1C0084" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1358964964"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00104B92" w:rsidRPr="00CD63F3">
@@ -3019,93 +3011,93 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00104B92" w:rsidRPr="00626ACF" w14:paraId="07DD4DBE" w14:textId="77777777" w:rsidTr="14428019">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71E3173F" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00626ACF" w:rsidRDefault="00104B92" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r>
               <w:t>Never Married</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FFFBBC2" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="2FFFBBC2" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-931670139"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00104B92" w:rsidRPr="00CD63F3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00D2BC4D" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="00D2BC4D" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2057042362"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00104B92" w:rsidRPr="00CD63F3">
@@ -3136,93 +3128,93 @@
       <w:tr w:rsidR="00104B92" w:rsidRPr="00626ACF" w14:paraId="6BA4DBF8" w14:textId="77777777" w:rsidTr="14428019">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FFC23BD" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00626ACF" w:rsidRDefault="00104B92" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Widow</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F3E437" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="16F3E437" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1192377083"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00104B92" w:rsidRPr="00CD63F3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2586C5FC" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="2586C5FC" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-950392562"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00104B92" w:rsidRPr="00CD63F3">
@@ -3252,93 +3244,93 @@
       <w:tr w:rsidR="00104B92" w:rsidRPr="00626ACF" w14:paraId="0D2785BF" w14:textId="77777777" w:rsidTr="14428019">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E97B04E" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00626ACF" w:rsidRDefault="00104B92" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Widower</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C5379E1" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="0C5379E1" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1027985128"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00104B92" w:rsidRPr="00CD63F3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79776289" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00104B92">
+          <w:p w14:paraId="79776289" w14:textId="77777777" w:rsidR="00104B92" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00104B92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-204561163"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00104B92" w:rsidRPr="00CD63F3">
@@ -4027,51 +4019,51 @@
                 <w:tab w:val="left" w:pos="1211"/>
               </w:tabs>
               <w:spacing w:before="4"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>CURRENT ADDRESS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F32755" w:rsidRPr="00626ACF" w14:paraId="13125B77" w14:textId="77777777" w:rsidTr="0092206E">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5B136B90" w14:textId="148BE615" w:rsidR="00F32755" w:rsidRPr="00626ACF" w:rsidRDefault="006E49EA" w:rsidP="0092206E">
+          <w:p w14:paraId="5B136B90" w14:textId="148BE615" w:rsidR="00F32755" w:rsidRPr="00626ACF" w:rsidRDefault="00C1304E" w:rsidP="0092206E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:id w:val="1951968572"/>
                 <w:placeholder>
                   <w:docPart w:val="777539666B6F45838DA8A430A755298D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00136956" w:rsidRPr="00F55EF6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
@@ -5070,51 +5062,51 @@
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>Council</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Tenant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50ED07AA" w14:textId="7508CEA8" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="50ED07AA" w14:textId="7508CEA8" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="430011277"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5158,51 +5150,51 @@
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>or</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>refuge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="682BF653" w14:textId="741C3366" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="682BF653" w14:textId="741C3366" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="104"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-95107010"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5242,51 +5234,51 @@
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>Association</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Tenancy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21858BE7" w14:textId="36893C40" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="21858BE7" w14:textId="36893C40" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-271790283"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -5328,51 +5320,51 @@
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>rehabilitation</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22E4E0AC" w14:textId="08D0E84A" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="22E4E0AC" w14:textId="08D0E84A" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="104"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-446703026"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5430,51 +5422,51 @@
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>another</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Council</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF345FF" w14:textId="11015049" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="6CF345FF" w14:textId="11015049" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1232080668"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -5519,51 +5511,51 @@
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>own</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>home</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33459CE4" w14:textId="27F374C8" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="33459CE4" w14:textId="27F374C8" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="104"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1782376161"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5603,51 +5595,51 @@
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>Landlord</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>tenant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EEC219C" w14:textId="3D8F5F65" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="4EEC219C" w14:textId="3D8F5F65" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1515300089"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -5701,51 +5693,51 @@
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>&amp;</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>breakfast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45155254" w14:textId="6B604F71" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="45155254" w14:textId="6B604F71" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="104"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1079437472"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5851,51 +5843,51 @@
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>by</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t xml:space="preserve">Havering </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Council</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34DF0D5A" w14:textId="57008ACB" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="34DF0D5A" w14:textId="57008ACB" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-836848885"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -5922,51 +5914,51 @@
             <w:pPr>
               <w:spacing w:line="227" w:lineRule="exact"/>
               <w:ind w:left="106"/>
             </w:pPr>
             <w:r w:rsidRPr="00626ACF">
               <w:t>Tied</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Accommodation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D060567" w14:textId="554E48EB" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="3D060567" w14:textId="554E48EB" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="397" w:lineRule="exact"/>
               <w:ind w:left="104"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1673451107"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6015,51 +6007,51 @@
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>at</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C552838" w14:textId="63569FD2" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="4C552838" w14:textId="63569FD2" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1318343180"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -6113,51 +6105,51 @@
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>or</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>friends</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="402CD62F" w14:textId="65650D33" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="402CD62F" w14:textId="65650D33" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="377" w:lineRule="exact"/>
               <w:ind w:left="104"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="966169086"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6197,51 +6189,51 @@
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>Authority</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>License</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7331A0" w14:textId="0B97645B" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="7E7331A0" w14:textId="0B97645B" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1286546530"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -6286,51 +6278,51 @@
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:t>please</w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626ACF">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>state</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58AFC2E9" w14:textId="6E2F2687" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00626ACF">
+          <w:p w14:paraId="58AFC2E9" w14:textId="6E2F2687" w:rsidR="00626ACF" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00626ACF">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="104"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-617524661"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6423,51 +6415,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00690077" w:rsidRPr="00EF23C1" w14:paraId="012DA8A5" w14:textId="57360761" w:rsidTr="00690077">
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FDCFB8A" w14:textId="60F7BC8C" w:rsidR="00E53D64" w:rsidRPr="008624DE" w:rsidRDefault="00E53D64" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="227" w:lineRule="exact"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r w:rsidRPr="00E53D64">
               <w:t>House</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BAACF79" w14:textId="23B37F57" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00E53D64">
+          <w:p w14:paraId="6BAACF79" w14:textId="23B37F57" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="292" w:right="111" w:hanging="162"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-244884737"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6481,51 +6473,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12E635D8" w14:textId="61887173" w:rsidR="00E53D64" w:rsidRPr="008624DE" w:rsidRDefault="00E53D64" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="227" w:lineRule="exact"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r w:rsidRPr="00E53D64">
               <w:t>Flat with lift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24AC4DB4" w14:textId="704D9D6C" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00E53D64">
+          <w:p w14:paraId="24AC4DB4" w14:textId="704D9D6C" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="292" w:right="111" w:hanging="162"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1413433692"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -6541,51 +6533,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="69E7E3CF" w14:textId="3B3B994E" w:rsidR="00E53D64" w:rsidRPr="00EF23C1" w:rsidRDefault="00690077" w:rsidP="00690077">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E53D64">
               <w:t>Maisonette</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC6011C" w14:textId="7C3D912F" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00E53D64">
+          <w:p w14:paraId="4EC6011C" w14:textId="7C3D912F" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00E53D64">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="977960340"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E53D64" w:rsidRPr="00CD63F3">
                   <w:rPr>
@@ -6601,51 +6593,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00690077" w:rsidRPr="00EF23C1" w14:paraId="142BBDDD" w14:textId="52CB68C0" w:rsidTr="00690077">
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CCEDBD0" w14:textId="5F528823" w:rsidR="00E53D64" w:rsidRPr="00E53D64" w:rsidRDefault="00E53D64" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="227" w:lineRule="exact"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r w:rsidRPr="00E53D64">
               <w:t>Flat without lift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56D39E24" w14:textId="6947F804" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00E53D64">
+          <w:p w14:paraId="56D39E24" w14:textId="6947F804" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="292" w:right="111" w:hanging="162"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1360818547"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -6661,51 +6653,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F66B45B" w14:textId="0504841D" w:rsidR="00E53D64" w:rsidRPr="00E53D64" w:rsidRDefault="00E53D64" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="227" w:lineRule="exact"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r w:rsidRPr="00E53D64">
               <w:t xml:space="preserve"> No Home</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7221C266" w14:textId="7BCB67E0" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00E53D64">
+          <w:p w14:paraId="7221C266" w14:textId="7BCB67E0" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="292" w:right="111" w:hanging="162"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1686020027"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -6721,51 +6713,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="712275B3" w14:textId="129CC5D7" w:rsidR="00E53D64" w:rsidRPr="00EF23C1" w:rsidRDefault="00690077" w:rsidP="00690077">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E53D64">
               <w:t>Bed-Sit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="607E6FD4" w14:textId="4A2DEFBA" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00E53D64">
+          <w:p w14:paraId="607E6FD4" w14:textId="4A2DEFBA" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00E53D64">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-618064655"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E53D64" w:rsidRPr="00CD63F3">
                   <w:rPr>
@@ -6782,51 +6774,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00690077" w:rsidRPr="00EF23C1" w14:paraId="2F74B98C" w14:textId="02B40C70" w:rsidTr="00690077">
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C8728F0" w14:textId="2496D9CA" w:rsidR="00E53D64" w:rsidRPr="00E53D64" w:rsidRDefault="00E53D64" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="227" w:lineRule="exact"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r w:rsidRPr="00E53D64">
               <w:lastRenderedPageBreak/>
               <w:t>Flat – ground floor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="383A38CF" w14:textId="44BA2A7C" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00E53D64">
+          <w:p w14:paraId="383A38CF" w14:textId="44BA2A7C" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="292" w:right="111" w:hanging="162"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1260598388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -6842,51 +6834,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA22AD4" w14:textId="014A783B" w:rsidR="00E53D64" w:rsidRPr="00E53D64" w:rsidRDefault="00E53D64" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="227" w:lineRule="exact"/>
               <w:ind w:left="107"/>
             </w:pPr>
             <w:r w:rsidRPr="00E53D64">
               <w:t xml:space="preserve"> Bungalow</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6451C162" w14:textId="4BF375DE" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00E53D64">
+          <w:p w14:paraId="6451C162" w14:textId="4BF375DE" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="292" w:right="111" w:hanging="162"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="354001503"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -6902,51 +6894,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="78FC98BB" w14:textId="77CE1ABE" w:rsidR="00E53D64" w:rsidRPr="00EF23C1" w:rsidRDefault="00690077" w:rsidP="00690077">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E53D64">
               <w:t>Mobile Home/Caravan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504DE965" w14:textId="3BA0D84D" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00E53D64">
+          <w:p w14:paraId="504DE965" w14:textId="3BA0D84D" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00E53D64">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1342304186"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E53D64" w:rsidRPr="00CD63F3">
                   <w:rPr>
@@ -6968,51 +6960,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BE1631B" w14:textId="228D3C46" w:rsidR="00E53D64" w:rsidRPr="008624DE" w:rsidRDefault="00E53D64" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="13"/>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008624DE">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other – Please Specify</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40A40675" w14:textId="24683E3E" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="006E49EA" w:rsidP="00E53D64">
+          <w:p w14:paraId="40A40675" w14:textId="24683E3E" w:rsidR="00E53D64" w:rsidRPr="00CD63F3" w:rsidRDefault="00C1304E" w:rsidP="00E53D64">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1414845374"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -10443,51 +10435,51 @@
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3156" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A8C3D7B" w14:textId="4E369F4D" w:rsidR="00630916" w:rsidRPr="005E4211" w:rsidRDefault="000A6254" w:rsidP="005E4211">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2129" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="211F95CA" w14:textId="517B7C22" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="005E4211">
+          <w:p w14:paraId="211F95CA" w14:textId="517B7C22" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="005E4211">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1474024278"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -10505,51 +10497,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53C234C2" w14:textId="60D02BD9" w:rsidR="00630916" w:rsidRPr="005E4211" w:rsidRDefault="000A6254" w:rsidP="005E4211">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C6ED02A" w14:textId="1A5F3541" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="005E4211">
+          <w:p w14:paraId="5C6ED02A" w14:textId="1A5F3541" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="005E4211">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-968130575"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -10733,51 +10725,51 @@
           <w:tcPr>
             <w:tcW w:w="3161" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17A99097" w14:textId="27BE3C24" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="000A6254" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="225" w:lineRule="exact"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1CC034" w14:textId="35B5EAE0" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="5F1CC034" w14:textId="35B5EAE0" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="376" w:lineRule="exact"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="522596383"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -10799,51 +10791,51 @@
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D067270" w14:textId="103A64DA" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="000A6254" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="225" w:lineRule="exact"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2929" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6133F1" w14:textId="6DB1D12F" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="2B6133F1" w14:textId="6DB1D12F" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="376" w:lineRule="exact"/>
               <w:ind w:left="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1279755535"/>
                 <w14:checkbox>
                   <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -13804,51 +13796,51 @@
             <w:tcW w:w="3156" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5B56019C" w14:textId="7F52BC4E" w:rsidR="0099582A" w:rsidRPr="0099582A" w:rsidRDefault="000A6254" w:rsidP="0099582A">
             <w:pPr>
               <w:spacing w:before="4"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2129" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D88A633" w14:textId="28DC2C75" w:rsidR="0099582A" w:rsidRPr="0099582A" w:rsidRDefault="006E49EA" w:rsidP="0099582A">
+          <w:p w14:paraId="0D88A633" w14:textId="28DC2C75" w:rsidR="0099582A" w:rsidRPr="0099582A" w:rsidRDefault="00C1304E" w:rsidP="0099582A">
             <w:pPr>
               <w:spacing w:line="349" w:lineRule="exact"/>
               <w:ind w:left="16" w:right="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-286278907"/>
                 <w14:checkbox>
                   <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -13871,51 +13863,51 @@
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4E5CB4EA" w14:textId="51BBE6C8" w:rsidR="0099582A" w:rsidRPr="0099582A" w:rsidRDefault="000A6254" w:rsidP="0099582A">
             <w:pPr>
               <w:spacing w:before="4"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55954C4C" w14:textId="3A845DAC" w:rsidR="0099582A" w:rsidRPr="000A6254" w:rsidRDefault="006E49EA" w:rsidP="0099582A">
+          <w:p w14:paraId="55954C4C" w14:textId="3A845DAC" w:rsidR="0099582A" w:rsidRPr="000A6254" w:rsidRDefault="00C1304E" w:rsidP="0099582A">
             <w:pPr>
               <w:spacing w:line="349" w:lineRule="exact"/>
               <w:ind w:left="11" w:right="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="567923474"/>
                 <w14:checkbox>
                   <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -14465,51 +14457,51 @@
             <w:tcW w:w="3029" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26364C51" w14:textId="028ADDD6" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="000A6254" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="227" w:lineRule="exact"/>
               <w:ind w:left="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2129" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1A76BA" w14:textId="4D892920" w:rsidR="00630916" w:rsidRPr="000A6254" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="0C1A76BA" w14:textId="4D892920" w:rsidR="00630916" w:rsidRPr="000A6254" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1851091292"/>
                 <w14:checkbox>
                   <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -14533,51 +14525,51 @@
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6E4972FE" w14:textId="5592E881" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="000A6254" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="227" w:lineRule="exact"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3058" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12CD67AC" w14:textId="077B81FC" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="12CD67AC" w14:textId="077B81FC" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="54675455"/>
                 <w14:checkbox>
                   <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -15179,51 +15171,51 @@
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1B4ECB9F" w14:textId="12B14012" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="000A6254" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="227" w:lineRule="exact"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="38E64929" w14:textId="05AF0450" w:rsidR="00630916" w:rsidRPr="000A6254" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="38E64929" w14:textId="05AF0450" w:rsidR="00630916" w:rsidRPr="000A6254" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="71087443"/>
                 <w14:checkbox>
                   <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -15248,51 +15240,51 @@
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="75917EC9" w14:textId="059E7201" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="000A6254" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="227" w:lineRule="exact"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2929" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="69B9DD81" w14:textId="528B79D4" w:rsidR="00630916" w:rsidRPr="000A6254" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="69B9DD81" w14:textId="528B79D4" w:rsidR="00630916" w:rsidRPr="000A6254" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="378" w:lineRule="exact"/>
               <w:ind w:left="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-596792336"/>
                 <w14:checkbox>
                   <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -15906,51 +15898,51 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="165"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008624DE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>How long have you had this condition?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000332D3" w:rsidRPr="008624DE" w14:paraId="15F2AE52" w14:textId="77777777" w:rsidTr="00D1600B">
         <w:trPr>
           <w:trHeight w:val="455"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5919A764" w14:textId="4DC9B169" w:rsidR="000332D3" w:rsidRPr="008624DE" w:rsidRDefault="006E49EA" w:rsidP="00D1600B">
+          <w:p w14:paraId="5919A764" w14:textId="4DC9B169" w:rsidR="000332D3" w:rsidRPr="008624DE" w:rsidRDefault="00C1304E" w:rsidP="00D1600B">
             <w:pPr>
               <w:spacing w:before="4"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:id w:val="-2037031296"/>
                 <w:placeholder>
                   <w:docPart w:val="4D8D7D8018D94E7AA880A499BA9F50A8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0029055A" w:rsidRPr="00F55EF6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
@@ -16054,59 +16046,51 @@
               </w:tabs>
               <w:spacing w:before="4"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A2CB7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">HAS YOUR PROPERTY BEEN ADAPTED? </w:t>
             </w:r>
             <w:r w:rsidRPr="004A2CB7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00823FDC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00823FDC">
-              <w:t xml:space="preserve">e.g. (level access shower, ramps, hand-rails, raised toilet seat, stair lift, overhead hoists </w:t>
-[...7 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>e.g. (level access shower, ramps, hand-rails, raised toilet seat, stair lift, overhead hoists etc)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000332D3" w:rsidRPr="008624DE" w14:paraId="5011AA76" w14:textId="77777777" w:rsidTr="00D1600B">
         <w:trPr>
           <w:trHeight w:val="455"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DE54ABD" w14:textId="77777777" w:rsidR="000332D3" w:rsidRPr="008624DE" w:rsidRDefault="000332D3" w:rsidP="00BB6322">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="165"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008624DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
@@ -16129,51 +16113,51 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="165"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008624DE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Location of Adaptation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000332D3" w:rsidRPr="008624DE" w14:paraId="09D2FFEC" w14:textId="77777777" w:rsidTr="00D1600B">
         <w:trPr>
           <w:trHeight w:val="455"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50C53E6B" w14:textId="476FD8D9" w:rsidR="000332D3" w:rsidRPr="008624DE" w:rsidRDefault="006E49EA" w:rsidP="00D1600B">
+          <w:p w14:paraId="50C53E6B" w14:textId="476FD8D9" w:rsidR="000332D3" w:rsidRPr="008624DE" w:rsidRDefault="00C1304E" w:rsidP="00D1600B">
             <w:pPr>
               <w:spacing w:before="4"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:id w:val="-2069097198"/>
                 <w:placeholder>
                   <w:docPart w:val="3902CC0613FC4CE38BA43245EB9DEEA3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0029055A" w:rsidRPr="00F55EF6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
@@ -16321,86 +16305,86 @@
           <w:p w14:paraId="4DAF4474" w14:textId="77777777" w:rsidR="000332D3" w:rsidRPr="00EC280B" w:rsidRDefault="000332D3" w:rsidP="00EC280B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="353"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC280B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>How often taken</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000332D3" w:rsidRPr="00885173" w14:paraId="49C835C0" w14:textId="77777777" w:rsidTr="00D1600B">
         <w:trPr>
           <w:trHeight w:val="455"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12C2F638" w14:textId="3FC1B226" w:rsidR="000332D3" w:rsidRPr="00885173" w:rsidRDefault="006E49EA" w:rsidP="00D1600B">
+          <w:p w14:paraId="12C2F638" w14:textId="3FC1B226" w:rsidR="000332D3" w:rsidRPr="00885173" w:rsidRDefault="00C1304E" w:rsidP="00D1600B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:id w:val="320627117"/>
                 <w:placeholder>
                   <w:docPart w:val="B993A28EC76E4D4FBE73DF8D7485C8A0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0029055A" w:rsidRPr="00F55EF6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C6C821B" w14:textId="3CB731E9" w:rsidR="000332D3" w:rsidRPr="00885173" w:rsidRDefault="006E49EA" w:rsidP="00D1600B">
+          <w:p w14:paraId="5C6C821B" w14:textId="3CB731E9" w:rsidR="000332D3" w:rsidRPr="00885173" w:rsidRDefault="00C1304E" w:rsidP="00D1600B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:id w:val="-1912840477"/>
                 <w:placeholder>
                   <w:docPart w:val="5EA5838B187D4554B5E894AEA080A794"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0029055A" w:rsidRPr="00F55EF6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
@@ -20058,51 +20042,51 @@
             <w:r w:rsidRPr="00C172B1">
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00C172B1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
             <w:r w:rsidRPr="00C172B1">
               <w:t xml:space="preserve"> give reasons and include any treatment you have had:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00823FDC" w:rsidRPr="00C172B1" w14:paraId="34F4B9EB" w14:textId="77777777" w:rsidTr="00CD63F3">
         <w:trPr>
           <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6C1F2D" w14:textId="0117EAD1" w:rsidR="00823FDC" w:rsidRPr="00C172B1" w:rsidRDefault="006E49EA" w:rsidP="00CD63F3">
+          <w:p w14:paraId="1E6C1F2D" w14:textId="0117EAD1" w:rsidR="00823FDC" w:rsidRPr="00C172B1" w:rsidRDefault="00C1304E" w:rsidP="00CD63F3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2934"/>
                 <w:tab w:val="left" w:pos="5353"/>
                 <w:tab w:val="left" w:pos="6371"/>
                 <w:tab w:val="left" w:pos="7119"/>
                 <w:tab w:val="left" w:pos="9169"/>
               </w:tabs>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="157"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:id w:val="1091128707"/>
                 <w:placeholder>
                   <w:docPart w:val="0A79AC8DADDA4F48830BF27978586487"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
@@ -23109,51 +23093,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="0353DAC5" w14:textId="77777777" w:rsidR="009943F4" w:rsidRDefault="007C1470" w:rsidP="004E5E36">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1211"/>
               </w:tabs>
               <w:spacing w:before="4" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="720"/>
             </w:pPr>
             <w:r w:rsidRPr="00C172B1">
               <w:t>Please specify where help is given or needed</w:t>
             </w:r>
             <w:r w:rsidR="009943F4">
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="0029055A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04DB2052" w14:textId="6AE3AD6F" w:rsidR="007C1470" w:rsidRPr="00C172B1" w:rsidRDefault="006E49EA" w:rsidP="004E5E36">
+          <w:p w14:paraId="04DB2052" w14:textId="6AE3AD6F" w:rsidR="007C1470" w:rsidRPr="00C172B1" w:rsidRDefault="00C1304E" w:rsidP="004E5E36">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1211"/>
               </w:tabs>
               <w:spacing w:before="4" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:id w:val="472872431"/>
                 <w:placeholder>
                   <w:docPart w:val="62831254DA3C47DC8EA110C63DE3807F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -23623,51 +23607,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1211"/>
               </w:tabs>
               <w:spacing w:before="4" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E5E36" w:rsidRPr="00785D54" w14:paraId="4C88A870" w14:textId="77777777" w:rsidTr="006C5172">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="27" w:type="dxa"/>
           <w:trHeight w:val="472"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="14FD17D9" w14:textId="236D68EE" w:rsidR="004E5E36" w:rsidRPr="007C1470" w:rsidRDefault="006E49EA" w:rsidP="00D1600B">
+          <w:p w14:paraId="14FD17D9" w14:textId="236D68EE" w:rsidR="004E5E36" w:rsidRPr="007C1470" w:rsidRDefault="00C1304E" w:rsidP="00D1600B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1211"/>
               </w:tabs>
               <w:spacing w:before="4"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:id w:val="1296867707"/>
                 <w:placeholder>
                   <w:docPart w:val="AD52C2CA632C4F9EBC3C8006E1D8F93B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -24375,60 +24359,55 @@
           <w:tcPr>
             <w:tcW w:w="10375" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5C032361" w14:textId="0ED2BC1C" w:rsidR="00785241" w:rsidRPr="00C172B1" w:rsidRDefault="00785241" w:rsidP="00785241">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2934"/>
                 <w:tab w:val="left" w:pos="5353"/>
                 <w:tab w:val="left" w:pos="6371"/>
                 <w:tab w:val="left" w:pos="7119"/>
                 <w:tab w:val="left" w:pos="9169"/>
               </w:tabs>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C172B1">
               <w:t xml:space="preserve"> If </w:t>
             </w:r>
             <w:r w:rsidRPr="00C172B1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
             <w:r w:rsidRPr="00C172B1">
-              <w:t xml:space="preserve">, how </w:t>
-[...3 lines deleted...]
-              <w:t>often</w:t>
+              <w:t>, how often</w:t>
             </w:r>
             <w:r w:rsidR="009943F4">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:id w:val="1223714394"/>
                 <w:placeholder>
                   <w:docPart w:val="29568A433D454368B47719DBA58B5170"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009943F4" w:rsidRPr="00F55EF6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="7F71229E" w14:textId="0E7248A3" w:rsidR="00785241" w:rsidRPr="00C172B1" w:rsidRDefault="00785241" w:rsidP="00785241">
             <w:pPr>
@@ -26625,51 +26604,51 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2934"/>
                 <w:tab w:val="left" w:pos="5353"/>
                 <w:tab w:val="left" w:pos="6371"/>
                 <w:tab w:val="left" w:pos="7119"/>
                 <w:tab w:val="left" w:pos="9169"/>
               </w:tabs>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="009C6CDB">
               <w:t xml:space="preserve"> How do you manage in buildings with lifts e.g. hospitals, shopping centres?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D2089" w:rsidRPr="009C6CDB" w14:paraId="70DEEC0D" w14:textId="77777777" w:rsidTr="008B4AEA">
         <w:trPr>
           <w:trHeight w:val="474"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF26378" w14:textId="639318D2" w:rsidR="001D2089" w:rsidRPr="009C6CDB" w:rsidRDefault="006E49EA" w:rsidP="001D2089">
+          <w:p w14:paraId="5FF26378" w14:textId="639318D2" w:rsidR="001D2089" w:rsidRPr="009C6CDB" w:rsidRDefault="00C1304E" w:rsidP="001D2089">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="353"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:id w:val="208155825"/>
                 <w:placeholder>
                   <w:docPart w:val="1D4E6D5CBAC84A5CAE6A5151128847FA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009943F4" w:rsidRPr="00F55EF6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
@@ -26712,51 +26691,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">accommodation </w:t>
             </w:r>
             <w:r w:rsidRPr="00617A23">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>all on one level?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D2089" w:rsidRPr="00BF61DF" w14:paraId="297D4477" w14:textId="77777777" w:rsidTr="008B4AEA">
         <w:trPr>
           <w:trHeight w:val="474"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="16572D9B" w14:textId="04EDF322" w:rsidR="001D2089" w:rsidRDefault="006E49EA" w:rsidP="001D2089">
+          <w:p w14:paraId="16572D9B" w14:textId="04EDF322" w:rsidR="001D2089" w:rsidRDefault="00C1304E" w:rsidP="001D2089">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="353"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:id w:val="2120333471"/>
                 <w:placeholder>
                   <w:docPart w:val="97B8035E8CBD40DCAC5E4A83368F6A4A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009943F4" w:rsidRPr="00F55EF6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -27726,94 +27705,94 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="1CDE8848" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BAEE1D6" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>White British</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F1A76FA" w14:textId="25597456" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="4F1A76FA" w14:textId="25597456" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1298718325"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A6177">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4553436A" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="4553436A" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:spacing w:val="-10"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2048333778"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -27846,92 +27825,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="529F43F8" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="201EF512" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>White Irish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EAC6EE1" w14:textId="38229FF3" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="5EAC6EE1" w14:textId="38229FF3" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="391160028"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A6177">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1826A88C" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="1826A88C" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="159121252"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -27960,92 +27939,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="39E12EB6" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42FF5AB5" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>White – Any other White Background</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5947B4E2" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="5947B4E2" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-649981100"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF327DB" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="2EF327DB" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-503591159"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -28078,92 +28057,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="69C01DD2" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EC9DF8D" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Mixed: White and Black African</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7191D91F" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="7191D91F" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-991407650"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03435D3F" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="03435D3F" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1628277706"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -28192,92 +28171,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="4FD98898" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="236"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A44E9BE" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Mixed: White and Black Caribbean</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10C7D972" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="10C7D972" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1109734149"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DED9F76" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="5DED9F76" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1572163458"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -28306,92 +28285,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="58B1B165" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="675A0550" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Mixed: White and Asian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="038AAA3A" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="038AAA3A" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-137039714"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79B13694" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="79B13694" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1169554427"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -28420,92 +28399,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="71782F6F" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33EF67BA" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Mixed: Any other mixed background</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="026B23F7" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="026B23F7" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-448089379"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="634F6297" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="634F6297" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="294339937"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -28539,92 +28518,92 @@
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AC0B394" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:lastRenderedPageBreak/>
               <w:t>Asian or Asian British: Indian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB61127" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="3DB61127" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1173644777"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CBCDD96" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="0CBCDD96" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1730447357"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -28653,92 +28632,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="6F164107" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C1332C9" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Asian or Asian British: Pakistani</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17903153" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="17903153" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1703700086"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C0EAA3" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="11C0EAA3" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1230455870"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -28767,92 +28746,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="7D9F8FC3" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43C9A686" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Asian or Asian British: Bangladeshi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A063B9F" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="2A063B9F" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-743485531"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C2A0D8A" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="4C2A0D8A" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1797292831"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -28881,92 +28860,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="117C00BE" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D5B21D9" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Any other Asian Background</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C2E8554" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="5C2E8554" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-651210522"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBDDF53" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="7FBDDF53" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-569962770"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -28999,92 +28978,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="7CF6D5EC" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D352B39" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Black or British-Caribbean</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC81E5E" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="5BC81E5E" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1409301891"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2741F53C" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="2741F53C" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1930618684"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -29113,92 +29092,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="2EB4CB4C" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2479B619" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Black or British-African</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C4B9E31" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="6C4B9E31" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-171266954"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C00B816" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="2C00B816" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="86052802"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -29227,92 +29206,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="304BB590" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68E7F999" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Black or British-Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="265F5E5E" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="265F5E5E" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-235872473"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33B3F253" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="33B3F253" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-729615950"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -29345,92 +29324,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="1CDF4682" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63813106" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Chinese or British-Chinese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E42999B" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="6E42999B" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-82611202"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0BB4C4" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="0C0BB4C4" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="174382911"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -29459,92 +29438,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="01C1DACA" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="327"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CA09C8E" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Other or Other British</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78A2B751" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="78A2B751" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1948662274"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="155FA66C" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="155FA66C" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1292900529"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -29577,92 +29556,92 @@
       <w:tr w:rsidR="00630916" w:rsidRPr="00630916" w14:paraId="605BBAC2" w14:textId="77777777" w:rsidTr="00630916">
         <w:trPr>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04F31BBA" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00630916" w:rsidP="00630916">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00630916">
               <w:t>Not stated</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7B65B7" w14:textId="41581CB1" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="7D7B65B7" w14:textId="41581CB1" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="335965196"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A6177">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01FA28B1" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="006E49EA" w:rsidP="00630916">
+          <w:p w14:paraId="01FA28B1" w14:textId="77777777" w:rsidR="00630916" w:rsidRPr="00630916" w:rsidRDefault="00C1304E" w:rsidP="00630916">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2060083006"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630916" w:rsidRPr="00630916">
@@ -30017,143 +29996,143 @@
         </w:tabs>
         <w:ind w:left="1057" w:right="542"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00630916">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1580" w:right="640" w:bottom="280" w:left="740" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="65DF00AE" w14:textId="77777777" w:rsidR="006E49EA" w:rsidRDefault="006E49EA" w:rsidP="00C41052">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5F0796ED" w14:textId="77777777" w:rsidR="006E49EA" w:rsidRDefault="006E49EA" w:rsidP="00C41052">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:altName w:val="Webdings"/>
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65412CE1" w14:textId="77777777" w:rsidR="001F79F2" w:rsidRDefault="001F79F2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1401445535"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="31A2476E" w14:textId="5DCE4B1B" w:rsidR="007A4094" w:rsidRDefault="007A4094">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
@@ -30165,110 +30144,110 @@
         </w:r>
         <w:r w:rsidR="001F79F2">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="41EE1F95" w14:textId="77777777" w:rsidR="007A4094" w:rsidRDefault="007A4094">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="164F3FE6" w14:textId="77777777" w:rsidR="001F79F2" w:rsidRDefault="001F79F2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5CC481CE" w14:textId="77777777" w:rsidR="006E49EA" w:rsidRDefault="006E49EA" w:rsidP="00C41052">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2456EC0D" w14:textId="77777777" w:rsidR="006E49EA" w:rsidRDefault="006E49EA" w:rsidP="00C41052">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="727E4C8F" w14:textId="77777777" w:rsidR="001F79F2" w:rsidRDefault="001F79F2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A004DFB" w14:textId="77777777" w:rsidR="001F79F2" w:rsidRDefault="001F79F2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5640F82E" w14:textId="77777777" w:rsidR="001F79F2" w:rsidRDefault="001F79F2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00DF1A86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6622192"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -34333,260 +34312,262 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1978489832">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="179585336">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1551040566">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1541043955">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="381367182">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1492138237">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1743063269">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1921059040">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1516336313">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="278146702">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1769887200">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1559898428">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1958484912">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1724599281">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="2034309000">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1043871666">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1839805659">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="464274487">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1109159792">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="993527134">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="2013802432">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1447383722">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1823887815">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1816408728">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="539704072">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="807162971">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1584413987">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="106118011">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1448965228">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="29570447">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="555357128">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="374736303">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1890456907">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="223612431">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="817528703">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="389770063">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1223712999">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="240598935">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="684016444">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="825323342">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="575213665">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1168206802">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1831872415">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="1225794698">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="237178016">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="1237671958">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="1635986181">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00123988"/>
     <w:rsid w:val="00011DAD"/>
     <w:rsid w:val="000332D3"/>
     <w:rsid w:val="000703C1"/>
     <w:rsid w:val="000837E9"/>
     <w:rsid w:val="000961EA"/>
     <w:rsid w:val="000A6254"/>
     <w:rsid w:val="000E112B"/>
     <w:rsid w:val="000E76F3"/>
     <w:rsid w:val="000F573E"/>
     <w:rsid w:val="00101C93"/>
     <w:rsid w:val="00104B92"/>
     <w:rsid w:val="00123988"/>
     <w:rsid w:val="00136956"/>
     <w:rsid w:val="00141002"/>
     <w:rsid w:val="00164651"/>
     <w:rsid w:val="001960FD"/>
     <w:rsid w:val="001B1EBC"/>
     <w:rsid w:val="001B7EC3"/>
     <w:rsid w:val="001D2089"/>
     <w:rsid w:val="001F79F2"/>
     <w:rsid w:val="0029055A"/>
     <w:rsid w:val="00296874"/>
     <w:rsid w:val="002B2D8B"/>
     <w:rsid w:val="002C31D9"/>
     <w:rsid w:val="0032788A"/>
     <w:rsid w:val="003A2B40"/>
     <w:rsid w:val="003F26D4"/>
     <w:rsid w:val="00470342"/>
     <w:rsid w:val="0049266E"/>
     <w:rsid w:val="004A2CB7"/>
     <w:rsid w:val="004A42E3"/>
     <w:rsid w:val="004E5DB6"/>
     <w:rsid w:val="004E5E36"/>
     <w:rsid w:val="00563A8E"/>
+    <w:rsid w:val="0057036E"/>
     <w:rsid w:val="005E4211"/>
     <w:rsid w:val="00617A23"/>
     <w:rsid w:val="00626ACF"/>
     <w:rsid w:val="00630916"/>
     <w:rsid w:val="00671F77"/>
     <w:rsid w:val="00690077"/>
     <w:rsid w:val="00691AEF"/>
     <w:rsid w:val="006C5172"/>
     <w:rsid w:val="006E49EA"/>
     <w:rsid w:val="006E6DDA"/>
     <w:rsid w:val="006F79E5"/>
     <w:rsid w:val="00785241"/>
     <w:rsid w:val="007A4094"/>
     <w:rsid w:val="007C0390"/>
     <w:rsid w:val="007C1470"/>
     <w:rsid w:val="007D1769"/>
     <w:rsid w:val="007F19F3"/>
     <w:rsid w:val="00813AE5"/>
     <w:rsid w:val="00823FDC"/>
     <w:rsid w:val="008624DE"/>
     <w:rsid w:val="00882D13"/>
     <w:rsid w:val="00885173"/>
     <w:rsid w:val="008A7410"/>
     <w:rsid w:val="008B4AEA"/>
     <w:rsid w:val="008F4537"/>
@@ -34596,112 +34577,113 @@
     <w:rsid w:val="009943F4"/>
     <w:rsid w:val="0099582A"/>
     <w:rsid w:val="009A6177"/>
     <w:rsid w:val="009C6CDB"/>
     <w:rsid w:val="00A05994"/>
     <w:rsid w:val="00A22A8A"/>
     <w:rsid w:val="00A2538A"/>
     <w:rsid w:val="00AF2577"/>
     <w:rsid w:val="00B23CD2"/>
     <w:rsid w:val="00B318F2"/>
     <w:rsid w:val="00B47EF6"/>
     <w:rsid w:val="00BB6322"/>
     <w:rsid w:val="00BC28D9"/>
     <w:rsid w:val="00BE234B"/>
     <w:rsid w:val="00BF61DF"/>
     <w:rsid w:val="00C005F7"/>
     <w:rsid w:val="00C172B1"/>
     <w:rsid w:val="00C41052"/>
     <w:rsid w:val="00C8200A"/>
     <w:rsid w:val="00C908A7"/>
     <w:rsid w:val="00CD63F3"/>
     <w:rsid w:val="00D1600B"/>
     <w:rsid w:val="00D41186"/>
     <w:rsid w:val="00E05727"/>
     <w:rsid w:val="00E15BC1"/>
+    <w:rsid w:val="00E36557"/>
     <w:rsid w:val="00E53D64"/>
     <w:rsid w:val="00E63014"/>
     <w:rsid w:val="00E63823"/>
     <w:rsid w:val="00EC280B"/>
     <w:rsid w:val="00EF23C1"/>
     <w:rsid w:val="00F32755"/>
     <w:rsid w:val="00F409C4"/>
     <w:rsid w:val="00F6107C"/>
     <w:rsid w:val="0AB80EAD"/>
     <w:rsid w:val="14428019"/>
     <w:rsid w:val="30C5D016"/>
     <w:rsid w:val="5230E659"/>
     <w:rsid w:val="6B87C012"/>
     <w:rsid w:val="7D65A797"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="34B56407"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -35029,50 +35011,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="004E5E36"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0049266E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -35205,67 +35192,90 @@
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00136956"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0049266E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0057036E"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0057036E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housingneeds@havering.gov.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housingapplications@havering.gov.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B5F8458689C44457999A18327E02961A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{122C6E71-654B-4FFC-AC5B-7ABB91C75516}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="001A6E48" w:rsidRDefault="00431CF3" w:rsidP="00431CF3">
           <w:pPr>
             <w:pStyle w:val="B5F8458689C44457999A18327E02961A14"/>
           </w:pPr>
           <w:r w:rsidRPr="00F55EF6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -36910,173 +36920,180 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B99BDD01-ED05-44A8-8998-E5D92B337C9F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="001A6E48" w:rsidRDefault="00431CF3" w:rsidP="00431CF3">
           <w:pPr>
             <w:pStyle w:val="F28816D05E2A495DAA83936931BF34D71"/>
           </w:pPr>
           <w:r w:rsidRPr="00F55EF6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:altName w:val="Webdings"/>
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00392213"/>
     <w:rsid w:val="001A6E48"/>
     <w:rsid w:val="00287E9C"/>
     <w:rsid w:val="00354DCF"/>
     <w:rsid w:val="00392213"/>
     <w:rsid w:val="00431CF3"/>
+    <w:rsid w:val="00E36557"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -37404,6557 +37421,96 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00431CF3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...6464 lines deleted...]
-    <w:rsid w:val="00431CF3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1450B29E3087497FA19DCC48F936491713">
     <w:name w:val="1450B29E3087497FA19DCC48F936491713"/>
     <w:rsid w:val="00431CF3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4546F4B4C964E80B9AA28B78177669013">
     <w:name w:val="C4546F4B4C964E80B9AA28B78177669013"/>
     <w:rsid w:val="00431CF3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -44731,51 +38287,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE0D3B3EF8894C2B883069B2629C80A75">
     <w:name w:val="DE0D3B3EF8894C2B883069B2629C80A75"/>
     <w:rsid w:val="00431CF3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -45022,66 +38578,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>2628</Words>
-  <Characters>14981</Characters>
+  <Words>2927</Words>
+  <Characters>13013</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>913</Lines>
+  <Paragraphs>537</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17574</CharactersWithSpaces>
+  <CharactersWithSpaces>16005</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>