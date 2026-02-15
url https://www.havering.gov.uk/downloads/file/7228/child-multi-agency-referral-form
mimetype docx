--- v0 (2025-11-06)
+++ v1 (2026-02-15)
@@ -1,90 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="599B3B60" w14:textId="77777777" w:rsidR="00794668" w:rsidRPr="005266D4" w:rsidRDefault="00794668" w:rsidP="00794668">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="005266D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="393BEC74" wp14:editId="4AEB02C5">
             <wp:extent cx="2272374" cy="586545"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:docPr id="30" name="Picture 2" descr="LBHLogo_BlackSpot"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="LBHLogo_BlackSpot"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2287525" cy="590456"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -436,51 +435,51 @@
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00345001">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B71C6" w:rsidRPr="005266D4" w14:paraId="3F2EF807" w14:textId="77777777" w:rsidTr="00A33399">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="232F25F2" w14:textId="3D0EB355" w:rsidR="001B71C6" w:rsidRPr="005266D4" w:rsidRDefault="001B71C6" w:rsidP="001B71C6">
+          <w:p w14:paraId="232F25F2" w14:textId="7B37C8BE" w:rsidR="001B71C6" w:rsidRPr="005266D4" w:rsidRDefault="001B71C6" w:rsidP="001B71C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Consenters Name:</w:t>
             </w:r>
             <w:r w:rsidR="005E72C1" w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62CF6B3C" w14:textId="77777777" w:rsidR="001B71C6" w:rsidRPr="005266D4" w:rsidRDefault="001B71C6" w:rsidP="001B71C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -494,127 +493,127 @@
             <w:tcW w:w="3081" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4A51D116" w14:textId="78028BA8" w:rsidR="001B71C6" w:rsidRPr="005266D4" w:rsidRDefault="001B71C6" w:rsidP="001B71C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Relationship to Child:</w:t>
             </w:r>
             <w:r w:rsidR="005E72C1" w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FCF0F3C" w14:textId="77777777" w:rsidR="001B71C6" w:rsidRPr="005266D4" w:rsidRDefault="001B71C6" w:rsidP="001B71C6">
+          <w:p w14:paraId="3FCF0F3C" w14:textId="549C7F02" w:rsidR="001B71C6" w:rsidRPr="005266D4" w:rsidRDefault="001B71C6" w:rsidP="001B71C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="05884D43" w14:textId="14B4ACB0" w:rsidR="001B71C6" w:rsidRPr="005266D4" w:rsidRDefault="001B71C6" w:rsidP="001B71C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date of Consent:</w:t>
             </w:r>
             <w:r w:rsidR="005E72C1" w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5908BC5C" w14:textId="77777777" w:rsidR="001B71C6" w:rsidRPr="005266D4" w:rsidRDefault="001B71C6" w:rsidP="001B71C6">
+          <w:p w14:paraId="5908BC5C" w14:textId="12C159E7" w:rsidR="001B71C6" w:rsidRPr="005266D4" w:rsidRDefault="001B71C6" w:rsidP="001B71C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C20AEB" w:rsidRPr="005266D4" w14:paraId="171DE7A3" w14:textId="77777777" w:rsidTr="00A33399">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="07EDFFE2" w14:textId="77777777" w:rsidR="00C20AEB" w:rsidRPr="005266D4" w:rsidRDefault="00411E3C" w:rsidP="001B71C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
             <w:r w:rsidR="005C6999">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="507E44B0" w14:textId="77777777" w:rsidR="00C20AEB" w:rsidRPr="005266D4" w:rsidRDefault="00C20AEB" w:rsidP="001B71C6">
+          <w:p w14:paraId="507E44B0" w14:textId="1EA2B528" w:rsidR="00C20AEB" w:rsidRPr="005266D4" w:rsidRDefault="00C20AEB" w:rsidP="001B71C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="714C0791" w14:textId="77777777" w:rsidR="001B71C6" w:rsidRPr="005266D4" w:rsidRDefault="001B71C6" w:rsidP="004B47C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -669,51 +668,51 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2F4C62C7" w14:textId="72518AC4" w:rsidR="009952C6" w:rsidRPr="009952C6" w:rsidRDefault="009952C6" w:rsidP="00772BBA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009952C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Family Address:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="207635F3" w14:textId="77777777" w:rsidR="009952C6" w:rsidRPr="005266D4" w:rsidRDefault="009952C6" w:rsidP="006E1ACC">
+          <w:p w14:paraId="207635F3" w14:textId="630C88E2" w:rsidR="009952C6" w:rsidRPr="005266D4" w:rsidRDefault="009952C6" w:rsidP="006E1ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51CF6" w:rsidRPr="005266D4" w14:paraId="24A866A0" w14:textId="77777777" w:rsidTr="00C20C58">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="166D5F30" w14:textId="77777777" w:rsidR="00A51CF6" w:rsidRDefault="00A51CF6" w:rsidP="00A51CF6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1021"/>
               </w:tabs>
               <w:rPr>
@@ -747,83 +746,83 @@
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6B75D094" w14:textId="32E9EFEF" w:rsidR="00A51CF6" w:rsidRDefault="00A51CF6" w:rsidP="00A51CF6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1021"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">First Language: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21CFB068" w14:textId="77777777" w:rsidR="00A51CF6" w:rsidRPr="005266D4" w:rsidRDefault="00A51CF6" w:rsidP="00A51CF6">
+          <w:p w14:paraId="21CFB068" w14:textId="72EC3FA2" w:rsidR="00A51CF6" w:rsidRPr="005266D4" w:rsidRDefault="00A51CF6" w:rsidP="00A51CF6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1021"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="37AF5C53" w14:textId="77777777" w:rsidR="00A51CF6" w:rsidRPr="005266D4" w:rsidRDefault="00A51CF6" w:rsidP="00A51CF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Is an interpreter required?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D75AE1F" w14:textId="2BC7C3E1" w:rsidR="00A51CF6" w:rsidRPr="005266D4" w:rsidRDefault="00A51CF6" w:rsidP="00FA0D4E">
+          <w:p w14:paraId="5D75AE1F" w14:textId="24F685ED" w:rsidR="00A51CF6" w:rsidRPr="005266D4" w:rsidRDefault="00A51CF6" w:rsidP="00FA0D4E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1021"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1769195122"/>
@@ -848,51 +847,51 @@
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1611241359"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="005266D4">
+                <w:r w:rsidR="005C07D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51CF6" w:rsidRPr="005266D4" w14:paraId="206EBF53" w14:textId="77777777" w:rsidTr="00C20C58">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="223D88C9" w14:textId="1DC3E9FC" w:rsidR="00A51CF6" w:rsidRDefault="00C72128" w:rsidP="00A51CF6">
             <w:pPr>
               <w:tabs>
@@ -1012,173 +1011,173 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Child 1</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DEA23C8" w14:textId="77777777" w:rsidR="006C289E" w:rsidRPr="006C289E" w:rsidRDefault="006C289E" w:rsidP="006E1ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6B885E" w14:textId="53A665E9" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="001509F9" w:rsidP="006C289E">
+          <w:p w14:paraId="7A6B885E" w14:textId="207C8906" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="001509F9" w:rsidP="006C289E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A5B80C1" w14:textId="2CE59C97" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="006C289E" w:rsidP="00FA0D4E">
+          <w:p w14:paraId="0A5B80C1" w14:textId="4C419FB0" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="006C289E" w:rsidP="00FA0D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>DOB</w:t>
             </w:r>
             <w:r w:rsidR="001509F9" w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/EDD:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7367104D" w14:textId="00392FA6" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="001509F9" w:rsidP="00FA0D4E">
+          <w:p w14:paraId="7367104D" w14:textId="0C97FFED" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="001509F9" w:rsidP="00FA0D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Gender:</w:t>
             </w:r>
             <w:r w:rsidR="006C289E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001509F9" w:rsidRPr="005266D4" w14:paraId="13C4674B" w14:textId="77777777" w:rsidTr="006C289E">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="38AB73E3" w14:textId="74F89A02" w:rsidR="00973CFC" w:rsidRPr="005266D4" w:rsidRDefault="00973CFC" w:rsidP="00973CFC">
+          <w:p w14:paraId="38AB73E3" w14:textId="22C3CAA3" w:rsidR="00973CFC" w:rsidRPr="005266D4" w:rsidRDefault="00973CFC" w:rsidP="00973CFC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tick if same Address </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-149215224"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00FA0D4E">
+                <w:r w:rsidR="005C07D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="2489A7EE" w14:textId="77777777" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="00973CFC" w:rsidP="00973CFC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Other address:</w:t>
             </w:r>
             <w:r w:rsidR="006C289E">
@@ -1949,82 +1948,80 @@
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="005266D4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="53C14FA1" w14:textId="77777777" w:rsidR="006C289E" w:rsidRPr="005266D4" w:rsidRDefault="006C289E" w:rsidP="006502AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Other address:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4902" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A18AD7A" w14:textId="77777777" w:rsidR="006C289E" w:rsidRPr="005266D4" w:rsidRDefault="006C289E" w:rsidP="006502AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Ethnicity:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001509F9" w:rsidRPr="005266D4" w14:paraId="12E6DEA6" w14:textId="77777777" w:rsidTr="00E77550">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
           </w:tcPr>
           <w:p w14:paraId="7D647B9B" w14:textId="77777777" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="001509F9" w:rsidP="006E1ACC">
             <w:pPr>
               <w:rPr>
@@ -2310,116 +2307,116 @@
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Parent/Carer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2292213B" w14:textId="77777777" w:rsidR="002763C5" w:rsidRPr="005266D4" w:rsidRDefault="002763C5" w:rsidP="006E1ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3887" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B11AA13" w14:textId="7FB529EA" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="001509F9" w:rsidP="00FA0D4E">
+          <w:p w14:paraId="5B11AA13" w14:textId="3E41EA89" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="001509F9" w:rsidP="00FA0D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
             <w:r w:rsidR="00D3329A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2458" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB68C58" w14:textId="6415F529" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="00D3329A" w:rsidP="00FA0D4E">
+          <w:p w14:paraId="4FB68C58" w14:textId="01CF4F88" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="00D3329A" w:rsidP="00FA0D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>DOB</w:t>
             </w:r>
             <w:r w:rsidR="00097EB8" w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2932E5F6" w14:textId="396B092D" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="001509F9" w:rsidP="00FA0D4E">
+          <w:p w14:paraId="2932E5F6" w14:textId="092ACC02" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="001509F9" w:rsidP="00FA0D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Gender:</w:t>
             </w:r>
             <w:r w:rsidR="00D3329A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001509F9" w:rsidRPr="005266D4" w14:paraId="14A7423C" w14:textId="77777777" w:rsidTr="00D3329A">
         <w:trPr>
@@ -2530,51 +2527,51 @@
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="34BD3F75" w14:textId="77777777" w:rsidR="001509F9" w:rsidRDefault="001509F9" w:rsidP="00D3329A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Contact Details:</w:t>
             </w:r>
             <w:r w:rsidR="005C6999">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B3829C5" w14:textId="77777777" w:rsidR="00D3329A" w:rsidRPr="005266D4" w:rsidRDefault="00D3329A" w:rsidP="00D3329A">
+          <w:p w14:paraId="5B3829C5" w14:textId="77777777" w:rsidR="00D3329A" w:rsidRPr="005266D4" w:rsidRDefault="00D3329A" w:rsidP="005C07D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001509F9" w:rsidRPr="005266D4" w14:paraId="4CF5BBC0" w14:textId="77777777" w:rsidTr="00942D40">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6FA4BF33" w14:textId="463DBBAD" w:rsidR="001509F9" w:rsidRPr="005266D4" w:rsidRDefault="001509F9" w:rsidP="006E1ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2749,82 +2746,82 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009F371D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D3329A" w:rsidRPr="005266D4" w14:paraId="17353B69" w14:textId="77777777" w:rsidTr="00D636C3">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="092E64DD" w14:textId="68E365BC" w:rsidR="00D3329A" w:rsidRPr="005266D4" w:rsidRDefault="00D3329A" w:rsidP="006502AD">
+          <w:p w14:paraId="092E64DD" w14:textId="5ABC2E4C" w:rsidR="00D3329A" w:rsidRPr="005266D4" w:rsidRDefault="00D3329A" w:rsidP="006502AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tick if same Address </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-856575835"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="005266D4">
+                <w:r w:rsidR="005C07D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="53E03858" w14:textId="77777777" w:rsidR="00D3329A" w:rsidRPr="005266D4" w:rsidRDefault="00D3329A" w:rsidP="006502AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Other address:</w:t>
             </w:r>
             <w:r>
@@ -2848,111 +2845,119 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ethnicity:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB502B3" w14:textId="5DB853E3" w:rsidR="00D3329A" w:rsidRPr="005266D4" w:rsidRDefault="00D3329A" w:rsidP="00FA0D4E">
+          <w:p w14:paraId="400F150D" w14:textId="77777777" w:rsidR="00D3329A" w:rsidRDefault="00D3329A" w:rsidP="00FA0D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Contact Details:</w:t>
             </w:r>
             <w:r w:rsidR="005C6999">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="0CB502B3" w14:textId="6EBF683E" w:rsidR="00BC2DF2" w:rsidRPr="005266D4" w:rsidRDefault="00BC2DF2" w:rsidP="00FA0D4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D3329A" w:rsidRPr="005266D4" w14:paraId="3AA9F868" w14:textId="77777777" w:rsidTr="00942D40">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7034EF54" w14:textId="195B91F6" w:rsidR="00D3329A" w:rsidRPr="005266D4" w:rsidRDefault="00D3329A" w:rsidP="006502AD">
+          <w:p w14:paraId="7034EF54" w14:textId="5B29D439" w:rsidR="00D3329A" w:rsidRPr="005266D4" w:rsidRDefault="00D3329A" w:rsidP="006502AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Relationship:</w:t>
             </w:r>
             <w:r w:rsidR="005C6999">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009F371D">
-[...4 lines deleted...]
-              <w:t>Dad</w:t>
+            <w:r w:rsidR="00BC2DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Mother</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39CE4E98" w14:textId="77777777" w:rsidR="00D3329A" w:rsidRPr="005266D4" w:rsidRDefault="00D3329A" w:rsidP="006502AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="25AB89CC" w14:textId="77777777" w:rsidR="00A51CF6" w:rsidRPr="00B80ED2" w:rsidRDefault="00A51CF6" w:rsidP="00B80ED2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10206" w:type="dxa"/>
@@ -2960,50 +2965,51 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B69F0" w:rsidRPr="005266D4" w14:paraId="553D6A8B" w14:textId="77777777" w:rsidTr="005B69F0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
           </w:tcPr>
           <w:p w14:paraId="40D20CAF" w14:textId="77777777" w:rsidR="005B69F0" w:rsidRPr="005266D4" w:rsidRDefault="005B69F0" w:rsidP="0092443F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Referral</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E84BC1" w:rsidRPr="005266D4" w14:paraId="49EDF2E1" w14:textId="77777777" w:rsidTr="005B69F0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="302D2F96" w14:textId="77777777" w:rsidR="00E84BC1" w:rsidRPr="005266D4" w:rsidRDefault="007C3962" w:rsidP="00E84BC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3082,51 +3088,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00485BEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Has the child been spoken to? What is their account?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E84BC1" w:rsidRPr="005266D4" w14:paraId="2CC58646" w14:textId="77777777" w:rsidTr="00A51CF6">
         <w:trPr>
           <w:trHeight w:val="2627"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="488B8DA3" w14:textId="14B472CE" w:rsidR="00E84BC1" w:rsidRPr="005266D4" w:rsidRDefault="00E84BC1" w:rsidP="00FA0D4E">
+          <w:p w14:paraId="488B8DA3" w14:textId="2D786744" w:rsidR="00FE05F4" w:rsidRPr="005266D4" w:rsidRDefault="00FE05F4" w:rsidP="005C07D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001537AD" w:rsidRPr="005266D4" w14:paraId="5DB6C2CA" w14:textId="77777777" w:rsidTr="005B69F0">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="30BD0006" w14:textId="77777777" w:rsidR="001537AD" w:rsidRPr="005266D4" w:rsidRDefault="00F5479D" w:rsidP="00E84BC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -3158,53 +3164,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> that</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the child/family is currently or has previously been receiving?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001537AD" w:rsidRPr="005266D4" w14:paraId="22FD4FC2" w14:textId="77777777" w:rsidTr="001537AD">
         <w:trPr>
           <w:trHeight w:val="1211"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="475BACB4" w14:textId="4D24A550" w:rsidR="001537AD" w:rsidRPr="005266D4" w:rsidRDefault="001537AD" w:rsidP="00E84BC1">
+          </w:tcPr>
+          <w:p w14:paraId="475BACB4" w14:textId="4E3567A9" w:rsidR="00BC2DF2" w:rsidRPr="005266D4" w:rsidRDefault="00BC2DF2" w:rsidP="005C07D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001537AD" w:rsidRPr="005266D4" w14:paraId="1A28366F" w14:textId="77777777" w:rsidTr="005B69F0">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6AE97B33" w14:textId="77777777" w:rsidR="00373548" w:rsidRPr="00831437" w:rsidRDefault="00373548" w:rsidP="00E84BC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3221,156 +3226,187 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00831437">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>What services do you believe are required?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001537AD" w:rsidRPr="005266D4" w14:paraId="57489E73" w14:textId="77777777" w:rsidTr="001537AD">
         <w:trPr>
           <w:trHeight w:val="1285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="2D03612D" w14:textId="77777777" w:rsidR="001537AD" w:rsidRDefault="001537AD" w:rsidP="00E84BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13BD112D" w14:textId="32DFC301" w:rsidR="00567DE1" w:rsidRPr="00567DE1" w:rsidRDefault="00567DE1" w:rsidP="005C07D3">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C7329" w:rsidRPr="005266D4" w14:paraId="02189CB6" w14:textId="77777777" w:rsidTr="005B69F0">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="17F376F9" w14:textId="77777777" w:rsidR="00373548" w:rsidRDefault="00373548" w:rsidP="00373548">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Are there any contributing factors that you would like us to be aware of such as health, housing, financial, education, </w:t>
             </w:r>
             <w:r w:rsidR="00803A03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>emotion</w:t>
             </w:r>
             <w:r w:rsidR="00803A03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>al/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>social wellbeing?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7227F616" w14:textId="77777777" w:rsidR="007C7329" w:rsidRPr="005266D4" w:rsidRDefault="00373548" w:rsidP="00373548">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00373548">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>e.g. In your opinion, are there any heightened risks to persons making contact with the child/family such as a dangerous dog, persons of a violent nature, drug use in the home etcetera?</w:t>
+              <w:t xml:space="preserve">e.g. In your opinion, are there any heightened risks to persons </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00373548">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>making contact with</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00373548">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the child/family such as a dangerous dog, persons of a violent nature, drug use in the home etcetera?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C7329" w:rsidRPr="005266D4" w14:paraId="1CA783B0" w14:textId="77777777" w:rsidTr="007C7329">
         <w:trPr>
           <w:trHeight w:val="1303"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="0540A932" w14:textId="30EF3B65" w:rsidR="00FE05F4" w:rsidRPr="00373548" w:rsidRDefault="00FE05F4" w:rsidP="00E84BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6173BAF6" w14:textId="77777777" w:rsidR="00E84BC1" w:rsidRPr="005266D4" w:rsidRDefault="00E84BC1" w:rsidP="00B04762">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3539"/>
         <w:gridCol w:w="1564"/>
         <w:gridCol w:w="1517"/>
         <w:gridCol w:w="3586"/>
@@ -3387,51 +3423,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Referrer’s Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B678C4" w:rsidRPr="005266D4" w14:paraId="3B0B7DEB" w14:textId="77777777" w:rsidTr="00B04762">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="1CDF3BF2" w14:textId="3AB02DFB" w:rsidR="007E7E8F" w:rsidRPr="005266D4" w:rsidRDefault="007B4D33" w:rsidP="00FA0D4E">
+          <w:p w14:paraId="1CDF3BF2" w14:textId="64C66B61" w:rsidR="007E7E8F" w:rsidRPr="005266D4" w:rsidRDefault="007B4D33" w:rsidP="00FA0D4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r w:rsidR="00B678C4" w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="007E7E8F">
               <w:rPr>
@@ -3445,98 +3481,89 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B4D33" w:rsidRPr="005266D4" w14:paraId="2F814035" w14:textId="77777777" w:rsidTr="001C4971">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="42EA7364" w14:textId="7866DB35" w:rsidR="007B4D33" w:rsidRPr="005266D4" w:rsidRDefault="007E7E8F" w:rsidP="00B678C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Role: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3759A70F" w14:textId="77777777" w:rsidR="007B4D33" w:rsidRPr="005266D4" w:rsidRDefault="007B4D33" w:rsidP="00B678C4">
+          <w:p w14:paraId="3759A70F" w14:textId="2B125257" w:rsidR="007B4D33" w:rsidRPr="005266D4" w:rsidRDefault="007B4D33" w:rsidP="00B678C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="056ABB3A" w14:textId="174F66D2" w:rsidR="007B4D33" w:rsidRPr="005266D4" w:rsidRDefault="007B4D33" w:rsidP="00B678C4">
+          <w:p w14:paraId="6A9D4C33" w14:textId="78ED8EDF" w:rsidR="007B4D33" w:rsidRPr="005266D4" w:rsidRDefault="007B4D33" w:rsidP="005C07D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Agency (if applicable):</w:t>
             </w:r>
             <w:r w:rsidR="007E7E8F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B678C4" w:rsidRPr="005266D4" w14:paraId="455065D5" w14:textId="77777777" w:rsidTr="00B04762">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="399FA5BD" w14:textId="067C3CBF" w:rsidR="009F371D" w:rsidRPr="009F371D" w:rsidRDefault="00B678C4" w:rsidP="009F371D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Full Work Address, including post code:</w:t>
             </w:r>
@@ -3577,51 +3604,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telephone, including mobile:</w:t>
             </w:r>
             <w:r w:rsidR="007E7E8F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04B599EF" w14:textId="77777777" w:rsidR="009F371D" w:rsidRPr="005266D4" w:rsidRDefault="009F371D" w:rsidP="00B678C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42DF41A7" w14:textId="1CF483D5" w:rsidR="000C7533" w:rsidRPr="005266D4" w:rsidRDefault="000C7533" w:rsidP="00B678C4">
+          <w:p w14:paraId="42DF41A7" w14:textId="4C8EF4DA" w:rsidR="000C7533" w:rsidRPr="005266D4" w:rsidRDefault="000C7533" w:rsidP="00B678C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="09E67352" w14:textId="77777777" w:rsidR="00B678C4" w:rsidRPr="005266D4" w:rsidRDefault="00B678C4" w:rsidP="00B678C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3656,125 +3683,125 @@
           <w:p w14:paraId="5F0BD0D0" w14:textId="5C283F29" w:rsidR="00B678C4" w:rsidRPr="005266D4" w:rsidRDefault="00B678C4" w:rsidP="00B678C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidR="007E7E8F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6356A390" w14:textId="77777777" w:rsidR="000C7533" w:rsidRPr="005266D4" w:rsidRDefault="000C7533" w:rsidP="00B678C4">
+          <w:p w14:paraId="6356A390" w14:textId="23542225" w:rsidR="000C7533" w:rsidRPr="005266D4" w:rsidRDefault="000C7533" w:rsidP="00B678C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E2BE3" w14:paraId="49802C92" w14:textId="77777777" w:rsidTr="0022138D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="25F21315" w14:textId="6B72345B" w:rsidR="006E2BE3" w:rsidRPr="005266D4" w:rsidRDefault="006E2BE3" w:rsidP="00B678C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of Agency Safeguarding Lead: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52D2D4EF" w14:textId="77777777" w:rsidR="006E2BE3" w:rsidRPr="005266D4" w:rsidRDefault="006E2BE3" w:rsidP="00B678C4">
+          <w:p w14:paraId="52D2D4EF" w14:textId="79062259" w:rsidR="006E2BE3" w:rsidRPr="005266D4" w:rsidRDefault="006E2BE3" w:rsidP="00B678C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7D3FB986" w14:textId="0F0BDC91" w:rsidR="006E2BE3" w:rsidRDefault="006E2BE3" w:rsidP="00B678C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005266D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10BD4EAE" w14:textId="77777777" w:rsidR="006E2BE3" w:rsidRPr="005E72C1" w:rsidRDefault="006E2BE3" w:rsidP="00B678C4">
+          <w:p w14:paraId="10BD4EAE" w14:textId="7B60B494" w:rsidR="006E2BE3" w:rsidRPr="005E72C1" w:rsidRDefault="006E2BE3" w:rsidP="00B678C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="553AC231" w14:textId="77777777" w:rsidR="005A65E9" w:rsidRDefault="005A65E9" w:rsidP="00DC50B3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A38B3E2" w14:textId="77777777" w:rsidR="00D7501D" w:rsidRDefault="00D7501D" w:rsidP="00336DD2">
       <w:pPr>
         <w:ind w:left="-426" w:right="-472"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3855,224 +3882,386 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cumstances the agreement of the p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>arent/legal guardian must be sought before a referral is made, providing this will not place the child at an increased risk of significant harm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A8E49D" w14:textId="77777777" w:rsidR="00D7501D" w:rsidRDefault="00D7501D" w:rsidP="00336DD2">
       <w:pPr>
         <w:ind w:left="-426" w:right="-472"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22572C2F" w14:textId="77777777" w:rsidR="00D7501D" w:rsidRDefault="00D7501D" w:rsidP="00336DD2">
+    <w:p w14:paraId="22572C2F" w14:textId="2D21445C" w:rsidR="00D7501D" w:rsidRDefault="00D7501D" w:rsidP="00336DD2">
       <w:pPr>
         <w:ind w:left="-426" w:right="-472"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>If a professional has any concern that informing a parent may place a child at risk, please seek advice from the Triage, MASH and Assessment Team on 01708 433 222.</w:t>
+        <w:t xml:space="preserve">If a professional has any concern that informing a parent may place a child at risk, please seek advice from the </w:t>
+      </w:r>
+      <w:r w:rsidR="005C07D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MASH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Team on 01708 433 222.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0546D60D" w14:textId="77777777" w:rsidR="009A0DB9" w:rsidRDefault="009A0DB9" w:rsidP="00336DD2">
       <w:pPr>
         <w:ind w:left="-426" w:right="-472"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="098E7570" w14:textId="77777777" w:rsidR="009A0DB9" w:rsidRPr="00D7501D" w:rsidRDefault="009A0DB9" w:rsidP="00336DD2">
       <w:pPr>
         <w:ind w:left="-426" w:right="-472"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For all referrals to the Early Help Service, a signature is required from the Parent/Carer.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009A0DB9" w:rsidRPr="00D7501D" w:rsidSect="00F71B0A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1440" w:bottom="851" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A674A40" w14:textId="77777777" w:rsidR="00027685" w:rsidRDefault="00027685" w:rsidP="00DC50B3">
+    <w:p w14:paraId="1EC3A3FC" w14:textId="77777777" w:rsidR="00527684" w:rsidRDefault="00527684" w:rsidP="00DC50B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="098A6D1A" w14:textId="77777777" w:rsidR="00027685" w:rsidRDefault="00027685" w:rsidP="00DC50B3">
+    <w:p w14:paraId="31DBC15D" w14:textId="77777777" w:rsidR="00527684" w:rsidRDefault="00527684" w:rsidP="00DC50B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FB65B4A" w14:textId="77777777" w:rsidR="00027685" w:rsidRDefault="00027685" w:rsidP="00DC50B3">
+    <w:p w14:paraId="6AAF082A" w14:textId="77777777" w:rsidR="00527684" w:rsidRDefault="00527684" w:rsidP="00DC50B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59BDD192" w14:textId="77777777" w:rsidR="00027685" w:rsidRDefault="00027685" w:rsidP="00DC50B3">
+    <w:p w14:paraId="42198D3B" w14:textId="77777777" w:rsidR="00527684" w:rsidRDefault="00527684" w:rsidP="00DC50B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F013D0C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BCB62630"/>
+    <w:lvl w:ilvl="0" w:tplc="90020EDE">
+      <w:start w:val="52"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="286354800">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008525C9"/>
     <w:rsid w:val="00005726"/>
+    <w:rsid w:val="00010B95"/>
     <w:rsid w:val="00027685"/>
     <w:rsid w:val="00032E72"/>
     <w:rsid w:val="00035BBE"/>
     <w:rsid w:val="00036F53"/>
     <w:rsid w:val="00040D64"/>
     <w:rsid w:val="0005269B"/>
     <w:rsid w:val="00071A79"/>
     <w:rsid w:val="000764E6"/>
+    <w:rsid w:val="00083E42"/>
     <w:rsid w:val="00084AF4"/>
     <w:rsid w:val="00086001"/>
     <w:rsid w:val="0008695C"/>
     <w:rsid w:val="000946A4"/>
     <w:rsid w:val="00095442"/>
     <w:rsid w:val="00097EB8"/>
     <w:rsid w:val="000A2F99"/>
     <w:rsid w:val="000A4C07"/>
     <w:rsid w:val="000A5FB5"/>
     <w:rsid w:val="000B53DF"/>
     <w:rsid w:val="000C7533"/>
     <w:rsid w:val="000E33A7"/>
     <w:rsid w:val="000F0DC0"/>
     <w:rsid w:val="000F621D"/>
     <w:rsid w:val="00102EFF"/>
     <w:rsid w:val="00103B9A"/>
     <w:rsid w:val="00112393"/>
     <w:rsid w:val="0011269A"/>
     <w:rsid w:val="001509F9"/>
     <w:rsid w:val="00153623"/>
     <w:rsid w:val="001537AD"/>
     <w:rsid w:val="001541E6"/>
     <w:rsid w:val="001547DB"/>
     <w:rsid w:val="00167AD5"/>
     <w:rsid w:val="001960D0"/>
@@ -4098,312 +4287,323 @@
     <w:rsid w:val="00243ADF"/>
     <w:rsid w:val="002567A5"/>
     <w:rsid w:val="002617B9"/>
     <w:rsid w:val="002763C5"/>
     <w:rsid w:val="00276B5C"/>
     <w:rsid w:val="00284DD5"/>
     <w:rsid w:val="002A0B05"/>
     <w:rsid w:val="002C2676"/>
     <w:rsid w:val="002C70CB"/>
     <w:rsid w:val="002D106B"/>
     <w:rsid w:val="002F0ABA"/>
     <w:rsid w:val="00305499"/>
     <w:rsid w:val="003113F2"/>
     <w:rsid w:val="003169E7"/>
     <w:rsid w:val="003307DB"/>
     <w:rsid w:val="003361F7"/>
     <w:rsid w:val="00336DD2"/>
     <w:rsid w:val="00345001"/>
     <w:rsid w:val="00346DEF"/>
     <w:rsid w:val="00347723"/>
     <w:rsid w:val="00373352"/>
     <w:rsid w:val="00373548"/>
     <w:rsid w:val="00394132"/>
     <w:rsid w:val="003C4BC7"/>
     <w:rsid w:val="003D2760"/>
+    <w:rsid w:val="003D7296"/>
     <w:rsid w:val="003E2A0F"/>
     <w:rsid w:val="00404065"/>
     <w:rsid w:val="00411E3C"/>
     <w:rsid w:val="0041428B"/>
     <w:rsid w:val="0043088C"/>
     <w:rsid w:val="00431F39"/>
     <w:rsid w:val="00432467"/>
     <w:rsid w:val="00455125"/>
     <w:rsid w:val="00480A96"/>
     <w:rsid w:val="00481754"/>
     <w:rsid w:val="00485BEA"/>
     <w:rsid w:val="004A0617"/>
     <w:rsid w:val="004B02F8"/>
     <w:rsid w:val="004B47C8"/>
     <w:rsid w:val="004B5945"/>
     <w:rsid w:val="004C706A"/>
     <w:rsid w:val="004D0EFF"/>
     <w:rsid w:val="004D38B4"/>
     <w:rsid w:val="004F506C"/>
     <w:rsid w:val="0050784A"/>
     <w:rsid w:val="00510163"/>
     <w:rsid w:val="00520A5C"/>
     <w:rsid w:val="005266D4"/>
+    <w:rsid w:val="00527684"/>
     <w:rsid w:val="00531602"/>
     <w:rsid w:val="00533609"/>
     <w:rsid w:val="00541D95"/>
     <w:rsid w:val="00556631"/>
+    <w:rsid w:val="00567DE1"/>
     <w:rsid w:val="005A5876"/>
     <w:rsid w:val="005A65E9"/>
     <w:rsid w:val="005A6FA8"/>
     <w:rsid w:val="005B0D79"/>
     <w:rsid w:val="005B359F"/>
     <w:rsid w:val="005B4AB4"/>
     <w:rsid w:val="005B583C"/>
     <w:rsid w:val="005B69F0"/>
+    <w:rsid w:val="005C07D3"/>
     <w:rsid w:val="005C6999"/>
     <w:rsid w:val="005D4AF4"/>
     <w:rsid w:val="005D625F"/>
     <w:rsid w:val="005E72C1"/>
     <w:rsid w:val="005F6317"/>
     <w:rsid w:val="005F7509"/>
     <w:rsid w:val="00600B37"/>
     <w:rsid w:val="00601FDD"/>
     <w:rsid w:val="00624BE7"/>
     <w:rsid w:val="006402BB"/>
     <w:rsid w:val="00663DD5"/>
     <w:rsid w:val="00675925"/>
     <w:rsid w:val="00684A59"/>
     <w:rsid w:val="006867B0"/>
     <w:rsid w:val="00694E82"/>
     <w:rsid w:val="006A2C74"/>
     <w:rsid w:val="006A444C"/>
     <w:rsid w:val="006B4040"/>
     <w:rsid w:val="006C289E"/>
     <w:rsid w:val="006C2D7E"/>
     <w:rsid w:val="006C3324"/>
     <w:rsid w:val="006D4E37"/>
     <w:rsid w:val="006E2BE3"/>
     <w:rsid w:val="006E64AD"/>
     <w:rsid w:val="006F715B"/>
     <w:rsid w:val="006F7C19"/>
     <w:rsid w:val="007068E2"/>
     <w:rsid w:val="00720B37"/>
     <w:rsid w:val="007232E2"/>
     <w:rsid w:val="00723516"/>
     <w:rsid w:val="00733C83"/>
     <w:rsid w:val="007344AB"/>
     <w:rsid w:val="007445CE"/>
     <w:rsid w:val="00761BB6"/>
     <w:rsid w:val="00763DD5"/>
     <w:rsid w:val="00765BA3"/>
     <w:rsid w:val="0077168C"/>
     <w:rsid w:val="00772BBA"/>
     <w:rsid w:val="00774E28"/>
     <w:rsid w:val="00790AA8"/>
     <w:rsid w:val="00794668"/>
     <w:rsid w:val="00796697"/>
     <w:rsid w:val="00796F5B"/>
     <w:rsid w:val="007B006B"/>
     <w:rsid w:val="007B4D33"/>
     <w:rsid w:val="007C31B2"/>
     <w:rsid w:val="007C3962"/>
     <w:rsid w:val="007C7329"/>
+    <w:rsid w:val="007D1FFF"/>
     <w:rsid w:val="007E1791"/>
     <w:rsid w:val="007E7E8F"/>
     <w:rsid w:val="00803A03"/>
     <w:rsid w:val="00831437"/>
     <w:rsid w:val="008327A3"/>
     <w:rsid w:val="008525C9"/>
     <w:rsid w:val="0085590D"/>
     <w:rsid w:val="008806AB"/>
     <w:rsid w:val="00887D71"/>
     <w:rsid w:val="00890E47"/>
     <w:rsid w:val="008A377F"/>
     <w:rsid w:val="008A4963"/>
     <w:rsid w:val="008B570F"/>
     <w:rsid w:val="008D4137"/>
     <w:rsid w:val="0092443F"/>
     <w:rsid w:val="00932748"/>
     <w:rsid w:val="00942D40"/>
     <w:rsid w:val="00944028"/>
     <w:rsid w:val="00955ACA"/>
     <w:rsid w:val="00963E0D"/>
     <w:rsid w:val="00970986"/>
     <w:rsid w:val="00973CFC"/>
     <w:rsid w:val="00977D1A"/>
     <w:rsid w:val="009819DA"/>
     <w:rsid w:val="00992E45"/>
     <w:rsid w:val="009952C6"/>
     <w:rsid w:val="009A0DB9"/>
     <w:rsid w:val="009A52A7"/>
     <w:rsid w:val="009C32B4"/>
     <w:rsid w:val="009C6485"/>
     <w:rsid w:val="009E3105"/>
     <w:rsid w:val="009E4403"/>
     <w:rsid w:val="009E5216"/>
     <w:rsid w:val="009F371D"/>
+    <w:rsid w:val="00A02BD2"/>
     <w:rsid w:val="00A0398D"/>
     <w:rsid w:val="00A07A71"/>
     <w:rsid w:val="00A33399"/>
     <w:rsid w:val="00A51441"/>
     <w:rsid w:val="00A51CF6"/>
     <w:rsid w:val="00A90B36"/>
     <w:rsid w:val="00A961A4"/>
     <w:rsid w:val="00AB2813"/>
     <w:rsid w:val="00AD1EE1"/>
     <w:rsid w:val="00AD78F0"/>
     <w:rsid w:val="00AD7E2A"/>
     <w:rsid w:val="00B04762"/>
     <w:rsid w:val="00B1693C"/>
     <w:rsid w:val="00B16A9C"/>
     <w:rsid w:val="00B40B76"/>
     <w:rsid w:val="00B6361E"/>
     <w:rsid w:val="00B65489"/>
     <w:rsid w:val="00B678C4"/>
     <w:rsid w:val="00B80ED2"/>
     <w:rsid w:val="00B80FED"/>
     <w:rsid w:val="00B8659D"/>
     <w:rsid w:val="00BA1400"/>
     <w:rsid w:val="00BC0277"/>
+    <w:rsid w:val="00BC2DF2"/>
     <w:rsid w:val="00C0598B"/>
     <w:rsid w:val="00C05A00"/>
     <w:rsid w:val="00C11EF4"/>
     <w:rsid w:val="00C20AEB"/>
     <w:rsid w:val="00C407F6"/>
     <w:rsid w:val="00C54D87"/>
     <w:rsid w:val="00C72128"/>
     <w:rsid w:val="00C87459"/>
     <w:rsid w:val="00C97368"/>
     <w:rsid w:val="00CB39C7"/>
     <w:rsid w:val="00CC4840"/>
     <w:rsid w:val="00CE394E"/>
     <w:rsid w:val="00D04B85"/>
     <w:rsid w:val="00D1007B"/>
     <w:rsid w:val="00D3329A"/>
     <w:rsid w:val="00D35A67"/>
     <w:rsid w:val="00D36875"/>
     <w:rsid w:val="00D419D8"/>
     <w:rsid w:val="00D43B26"/>
     <w:rsid w:val="00D506CE"/>
     <w:rsid w:val="00D531C7"/>
     <w:rsid w:val="00D555CB"/>
     <w:rsid w:val="00D67F2F"/>
     <w:rsid w:val="00D710D4"/>
     <w:rsid w:val="00D7501D"/>
     <w:rsid w:val="00D76C54"/>
     <w:rsid w:val="00D84842"/>
     <w:rsid w:val="00D86474"/>
     <w:rsid w:val="00D86D2A"/>
     <w:rsid w:val="00D95114"/>
     <w:rsid w:val="00DB1980"/>
     <w:rsid w:val="00DB5E93"/>
     <w:rsid w:val="00DC021D"/>
     <w:rsid w:val="00DC50B3"/>
     <w:rsid w:val="00DD08A1"/>
     <w:rsid w:val="00DD1110"/>
     <w:rsid w:val="00DD38B9"/>
+    <w:rsid w:val="00DF2092"/>
     <w:rsid w:val="00E02B4F"/>
     <w:rsid w:val="00E15508"/>
     <w:rsid w:val="00E36300"/>
     <w:rsid w:val="00E407D6"/>
     <w:rsid w:val="00E46A46"/>
     <w:rsid w:val="00E473FB"/>
     <w:rsid w:val="00E512C1"/>
     <w:rsid w:val="00E63E0D"/>
     <w:rsid w:val="00E75B30"/>
     <w:rsid w:val="00E77550"/>
     <w:rsid w:val="00E84BC1"/>
     <w:rsid w:val="00EA5D93"/>
     <w:rsid w:val="00EA688A"/>
     <w:rsid w:val="00EC0732"/>
     <w:rsid w:val="00ED3709"/>
     <w:rsid w:val="00ED7E1E"/>
     <w:rsid w:val="00EE2D34"/>
     <w:rsid w:val="00EF002D"/>
     <w:rsid w:val="00EF3455"/>
     <w:rsid w:val="00F01315"/>
     <w:rsid w:val="00F04236"/>
     <w:rsid w:val="00F056BF"/>
+    <w:rsid w:val="00F26327"/>
     <w:rsid w:val="00F3295A"/>
+    <w:rsid w:val="00F42B5B"/>
     <w:rsid w:val="00F5479D"/>
     <w:rsid w:val="00F64382"/>
     <w:rsid w:val="00F71B0A"/>
     <w:rsid w:val="00F73775"/>
     <w:rsid w:val="00F75B91"/>
     <w:rsid w:val="00F762D4"/>
     <w:rsid w:val="00F869F9"/>
     <w:rsid w:val="00F91798"/>
     <w:rsid w:val="00FA0BEC"/>
     <w:rsid w:val="00FA0D4E"/>
     <w:rsid w:val="00FA5864"/>
     <w:rsid w:val="00FB2A19"/>
     <w:rsid w:val="00FC7D3E"/>
+    <w:rsid w:val="00FE05F4"/>
     <w:rsid w:val="00FE32C3"/>
     <w:rsid w:val="00FF1606"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="01848344"/>
   <w15:docId w15:val="{1D619BA2-06DA-4CF8-ABB6-77F98D0B80A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4731,50 +4931,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008525C9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -4905,90 +5110,114 @@
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00794668"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C72128"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567DE1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1057895288">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1522864849">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1971127073">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5245,64 +5474,64 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="f4270d6e-2632-4f5e-a55c-5e3f8d47e8d4" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E02347E65285314897EE7556A9750178" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dc105c6e52ba9198c6752003da4aa3ef">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="f963b26b-881a-4d66-bebe-976d9752ebb3" xmlns:ns4="f4270d6e-2632-4f5e-a55c-5e3f8d47e8d4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3b124fdbacec25c0d4d36c9ef1d4bb6f" ns3:_="" ns4:_="">
     <xsd:import namespace="f963b26b-881a-4d66-bebe-976d9752ebb3"/>
     <xsd:import namespace="f4270d6e-2632-4f5e-a55c-5e3f8d47e8d4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
@@ -5501,123 +5730,116 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CB3D2FA-2C55-4BF1-8699-68942D218F0B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20FF04F6-B0EE-4990-8CCD-C2E1FE217043}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20FF04F6-B0EE-4990-8CCD-C2E1FE217043}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CB3D2FA-2C55-4BF1-8699-68942D218F0B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="f4270d6e-2632-4f5e-a55c-5e3f8d47e8d4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03A33210-7235-4816-BF10-BAB4D2D1341A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f963b26b-881a-4d66-bebe-976d9752ebb3"/>
     <ds:schemaRef ds:uri="f4270d6e-2632-4f5e-a55c-5e3f8d47e8d4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>501</Words>
-  <Characters>2859</Characters>
+  <Words>519</Words>
+  <Characters>2823</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>112</Lines>
+  <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Multi Agency Referral Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>London Borough Of Havering</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3354</CharactersWithSpaces>
+  <CharactersWithSpaces>3257</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Multi Agency Referral Form</dc:title>
   <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E02347E65285314897EE7556A9750178</vt:lpwstr>
   </property>
 </Properties>
 </file>